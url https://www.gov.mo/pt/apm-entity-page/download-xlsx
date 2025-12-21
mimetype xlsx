--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1526">
   <si>
     <r>
       <t xml:space="preserve">Chefe do Executivo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida da Praia Grande, Sede do Governo da RAEM, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6886，（853）2856 5555</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6168</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
@@ -357,51 +357,51 @@
       <t xml:space="preserve">Avenida da Amizade, n.º 918, Edifício World Trade Centre Macau, 4.° andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6800</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6665</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Directora：Chan Hoi Fan
+      <t xml:space="preserve">Director：---
 Subdirector：Lio Chi Hon
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Delegação da Região Administrativa Especial de Macau em Pequim</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">n.º 8, Wangfujing East Street, 16th/F, Macau Center, Dongcheng District, Beijing, China (P.C.: 100006)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138010 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138020 </t>
     </r>
   </si>
   <si>
@@ -1161,51 +1161,51 @@
       <t xml:space="preserve">Avenida da Praia Grande, n.º 804, Edifício China Plaza, 1.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 0777,（853）2837 0888</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 4300 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsi.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsi.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Directora (Subst.ª)：Lo Pin Heng
+      <t xml:space="preserve">Directora：Chan Hoi Fan
 Subdirectora：Chan Un Lai
 Subdirector (Subst.º)：Fong Pak Ian
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Instituto para os Assuntos Municipais</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida Almeida Ribeiro, n.º 163, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2833 7676（Linha do Cidadão - As chamadas são atendidas por pessoal qualificado durante o horário de expediente. Em caso de linha ocupada ou fora do horário, as chamadas serão atendidas por um sistema de gravação de chamadas.）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2833 6477</t>
     </r>
   </si>
@@ -1307,52 +1307,52 @@
       <t xml:space="preserve"> 1-3, Edifício Banco Luso Internacional, 18.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3843 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3766</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">cfjj@cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Directora (Subst.ª)：Cheng Wai Yan Tina
-Subdirector：---
+      <t xml:space="preserve">Directora：Lo Pin Heng
+Subdirectora：Cheng Wai Yan Tina
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fundo Social da Administração Pública</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rua do Campo, n.° 162, Edifício Administração Pública, r/c, 11.°- 12.° andares e 21.°- 29.° andares, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho Administrativo：Leong Weng In
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Comissão para a Protecção às Vítimas de Crimes Violentos</t>
     </r>
   </si>
   <si>
@@ -1605,52 +1605,52 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">Central telefónica：（853）2833 6366
 Informações Fiscais：（853）2833 6886</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 0133</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsf.gov.mo/?lang=pt</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Directora (Subst.ª)：Ho Silvestre In Mui
-Subdirectora：Chong Seng Sam
 Subdirector (Subst.º)：Kuok Iat Hoi
+Subdirectora (Subst.ª)：Tam Lai Ha
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Repartição das Execuções Fiscais</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rua de Madrid n.º 183, Edifício Comercial Zhu Kuan Mansion, QR/C, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 2396</t>
     </r>
   </si>
   <si>
     <r>
@@ -2046,51 +2046,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8988 9315</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 7816 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@consumer.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.consumer.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente：Leong Pek San
-Vice-Presidente：Ao Weng Tong
+Vice-Presidente (Subst.ª)：U Kam
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fundo de Desenvolvimento Industrial e de Comercialização</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 2552 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho Administrativo：Yau Yun Wah
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fundo de Garantia Automóvel e Marítimo</t>
     </r>
   </si>
   <si>
@@ -2182,51 +2182,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho de Administração：Chan Un Tong
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Comissão Especializada do Sector dos Jogos de Fortuna ou Azar</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretaria para a Segurança</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8799 7580</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">http://www.gss.gov.mo</t>
+      <t xml:space="preserve">https://www.gss.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretário：Chan Tsz King
 Chefe do Gabinete：Lam In Sang
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Gabinete do Secretário para a Segurança</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretário para a Segurança：Chan Tsz King
 Chefe do Gabinete：Lam In Sang
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Serviços de Polícia Unitários</t>
     </r>
@@ -2297,53 +2297,52 @@
       <t xml:space="preserve">Avenida do Cais de Pac On, Edifício do Comando do CPSP, Taipa, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2857 3333</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 0826</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">psp-info@fsm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.fsm.gov.mo/psp</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Comandante：Ng Kam Wa
+      <t xml:space="preserve">Comandante (Subst.ª)：Ng Sou Peng
 Segundo-Comandante：Leong Heng Hong
-Segunda-Comandante：Ng Sou Peng
 Segundo-Comandante (Subst.º)：Cheang Chon Hei
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Polícia Judiciária</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida da Amizade, n.</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <vertAlign val="superscript"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">o</t>
@@ -2637,51 +2636,51 @@
         <i val="false"/>
         <vertAlign val="superscript"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">o</t>
     </r>
     <r>
       <t xml:space="preserve"> 2, Moradia da Obra Social da P.S.P. r/c D, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 87905450 / 87905451</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 2025</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Presidente do Conselho Administrativo：Ng Kam Wa
+      <t xml:space="preserve">Presidente do Conselho Administrativo：Ng Sou Peng
 Vice-Presidente do Conselho Administrativo：Leong Heng Hong
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Obra Social da Polícia Judiciária</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8800 1691</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8800 6360</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ospj@pj.gov.mo</t>
     </r>
   </si>
   <si>
@@ -2726,51 +2725,51 @@
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho Administrativo：Adriano Marques Ho
 Vice-Presidente do Conselho Administrativo：Lei Iok Fai
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Comissão de Acompanhamento das Medidas de Dissuasão do Tráfico de Pessoas</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Linha Aberta 24 Horas para Denúncia e Pedido de Auxílio：（853）2888 9911 
  Gabinete：（853）8799 7102</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@anti-tip.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">http://www.anti-tip.gov.mo</t>
+      <t xml:space="preserve">https://www.anti-tip.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Coordenadora：Lam In Sang
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretaria para os Assuntos Sociais e Cultura</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rua de S. Lourenço, n.º 28, Sede do Governo, 2.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7594 </t>
     </r>
   </si>
   <si>
     <r>
@@ -5850,63 +5849,63 @@
       </rPr>
       <t xml:space="preserve">os</t>
     </r>
     <r>
       <t xml:space="preserve"> 307-323, Edifício do Banco da China, 26.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 6919</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7714</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">www.gstop.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretário：Tam Vai Man
-Chefe do Gabinete：Lam Sio Un
+Chefe do Gabinete：Un In Lin
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Gabinete do Secretário para os Transportes e Obras Públicas</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretário para os Transportes e Obras Públicas：Tam Vai Man
-Chefe do Gabinete：Lam Sio Un
+Chefe do Gabinete：Un In Lin
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Direcção dos Serviços de Solos e Construção Urbana</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Estrada de D. Maria II, n.º 33, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 2488</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2834 0019</t>
     </r>
   </si>
   <si>
     <r>
@@ -6149,51 +6148,51 @@
   <si>
     <r>
       <t xml:space="preserve">Central telefónica：（853）8866 6666
 Linha Aberta para os Assuntos de Tráfego：（853）8866 6363 （As chamadas são atendidas pessoalmente durante as horas de expediente e gravadas automaticamente fora destas.）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2875 0626</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsat.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsat.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Director：Chiang Ngoc Vai
 Subdirector：Lei Veng Hong
-Subdirector：---
+Subdirector (Subst.º)：Mok Soi Tou
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Autoridade de Aviação Civil</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Alameda Dr.Carlos d'Assumpção, n.</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <vertAlign val="superscript"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">os</t>
     </r>
@@ -6453,51 +6452,51 @@
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fundo para a Protecção Ambiental e a Conservação Energética</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 5134</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@fpace.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.fpace.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Presidente do Conselho de Administração：Ip Kuong Lam
+      <t xml:space="preserve">Presidente do Conselho Administrativo：Ip Kuong Lam
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Obra Social da Direcção dos Serviços de Assuntos Marítimos e de Água</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8988 2406</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2851 4448</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho Administrativo：Wong Soi Man
 Vice-presidente do Conselho Administrativo：Kuok Kin
 </t>
     </r>
   </si>
@@ -7500,50 +7499,60 @@
       <t xml:space="preserve">（853）8398 4397</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">www.court.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Conselho dos Magistrados Judiciais</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">edoc_cmj@court.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Comissão Independente para o Exercício do Poder Disciplinar Sobre os Solicitadores</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">（853）8298 4369</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CIEPDSS@court.gov.mo</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">Ministério Público</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida do Dr. Rodrigo Rodrigues, n.</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <vertAlign val="superscript"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">o</t>
     </r>
     <r>
       <t xml:space="preserve"> 683, Edifício do Ministério Público, Macau</t>
     </r>
   </si>
   <si>
@@ -8884,85 +8893,85 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7666</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7633</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">wtcmc@wtc-macau.com</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.wtc-macau.com</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho de Administração：Chui Sai Cheong
-Adminitradora-Delegada do Conselho de Administração e Presidente da Comissão Executiva：Lei Chi Wai
+Adminitradora-Delegada do Conselho de Administração e Presidente da Comissão Executiva：Ao Weng Tong
 Director Executivo：Lam Kam Seng
 Director Executivo：Tang Kuan Meng
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Centro de Arbitragem do Centro de Comércio Mundial Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida da Amizade, n.° 918, Edifício World Trade Center, 17.° andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2875 2088</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">secretariat@mac.org.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">https://www.mac.org.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente do Conselho Directivo：Tsui Wai Kwan, Jackson
-Vice-Presidente do Conselho Directivo：Lei Chi Wai, António
+Vice-Presidente do Conselho Directivo：Ao Weng Tong
 Vogal do Conselho Directivo (Secretária-Geral)：Vong Sok Hei, Rosita
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Companhia para o Desenvolvimento do Ensino Superior da UM em Hengqin Guangdong, Lda.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Gabinete 1101, Rua Jinyu n.º 19, Zona Nova de Hengqin, Zhuhai</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">um-hq.co.ltd@um.edu.mo</t>
     </r>
   </si>
   <si>
@@ -9986,51 +9995,51 @@
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Directora：Chan Hoi Fan
+            <t xml:space="preserve">Director：---
 Subdirector：Lio Chi Hon
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Delegação da Região Administrativa Especial de Macau em Pequim</t>
           </r>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">n.º 8, Wangfujing East Street, 16th/F, Macau Center, Dongcheng District, Beijing, China (P.C.: 100006)</t>
           </r>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">+（86）10 58138010 </t>
@@ -11601,51 +11610,51 @@
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsi.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsi.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Directora (Subst.ª)：Lo Pin Heng
+            <t xml:space="preserve">Directora：Chan Hoi Fan
 Subdirectora：Chan Un Lai
 Subdirector (Subst.º)：Fong Pak Ian
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Instituto para os Assuntos Municipais</t>
           </r>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida Almeida Ribeiro, n.º 163, Macau</t>
           </r>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <r>
@@ -11816,52 +11825,52 @@
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">cfjj@cfjj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.cfjj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Directora (Subst.ª)：Cheng Wai Yan Tina
-Subdirector：---
+            <t xml:space="preserve">Directora：Lo Pin Heng
+Subdirectora：Cheng Wai Yan Tina
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Fundo Social da Administração Pública</t>
           </r>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Rua do Campo, n.° 162, Edifício Administração Pública, r/c, 11.°- 12.° andares e 21.°- 29.° andares, Macau</t>
           </r>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2832 3623</t>
           </r>
@@ -12418,52 +12427,52 @@
       <c r="E48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsf.gov.mo/?lang=pt</t>
           </r>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Directora (Subst.ª)：Ho Silvestre In Mui
-Subdirectora：Chong Seng Sam
 Subdirector (Subst.º)：Kuok Iat Hoi
+Subdirectora (Subst.ª)：Tam Lai Ha
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Repartição das Execuções Fiscais</t>
           </r>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Rua de Madrid n.º 183, Edifício Comercial Zhu Kuan Mansion, QR/C, Macau</t>
           </r>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
           </r>
@@ -13076,51 +13085,51 @@
       <c r="E57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@consumer.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.consumer.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Presidente：Leong Pek San
-Vice-Presidente：Ao Weng Tong
+Vice-Presidente (Subst.ª)：U Kam
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Fundo de Desenvolvimento Industrial e de Comercialização</t>
           </r>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Rua Dr. Pedro José Lobo, n.º 1-3, Edifício Banco Luso Internacional, 6.º andar, Ｍacau</t>
           </r>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2888 2088</t>
           </r>
@@ -13483,51 +13492,51 @@
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8799 7580</t>
           </r>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.gss.gov.mo</t>
+            <t xml:space="preserve">https://www.gss.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Secretário：Chan Tsz King
 Chefe do Gabinete：Lam In Sang
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Gabinete do Secretário para a Segurança</t>
@@ -13543,51 +13552,51 @@
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8799 7580</t>
           </r>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.gss.gov.mo</t>
+            <t xml:space="preserve">https://www.gss.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Secretário para a Segurança：Chan Tsz King
 Chefe do Gabinete：Lam In Sang
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Serviços de Polícia Unitários</t>
@@ -13760,53 +13769,52 @@
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">psp-info@fsm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fsm.gov.mo/psp</t>
           </r>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Comandante：Ng Kam Wa
+            <t xml:space="preserve">Comandante (Subst.ª)：Ng Sou Peng
 Segundo-Comandante：Leong Heng Hong
-Segunda-Comandante：Ng Sou Peng
 Segundo-Comandante (Subst.º)：Cheang Chon Hei
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Polícia Judiciária</t>
           </r>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida da Amizade, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
@@ -14389,51 +14397,51 @@
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Presidente do Conselho Administrativo：Ng Kam Wa
+            <t xml:space="preserve">Presidente do Conselho Administrativo：Ng Sou Peng
 Vice-Presidente do Conselho Administrativo：Leong Heng Hong
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Obra Social da Polícia Judiciária</t>
           </r>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida da Amizade, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
@@ -14632,51 +14640,51 @@
       <c r="C82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Linha Aberta 24 Horas para Denúncia e Pedido de Auxílio：（853）2888 9911 
  Gabinete：（853）8799 7102</t>
           </r>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@anti-tip.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.anti-tip.gov.mo</t>
+            <t xml:space="preserve">https://www.anti-tip.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Coordenadora：Lam In Sang
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Secretaria para os Assuntos Sociais e Cultura</t>
           </r>
@@ -21005,1140 +21013,1156 @@
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Presidente：Lo Iek Long
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Conselho Profissional do Pessoal Docente</t>
           </r>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
-[...203 lines deleted...]
-            <t xml:space="preserve">Avenida Dr. Mário Soares, n.</t>
+            <t xml:space="preserve">Avenida de D. João IV, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">os</t>
           </r>
           <r>
-            <t xml:space="preserve"> 307-323, Edifício do Banco da China, 26.º andar, Macau</t>
-[...56 lines deleted...]
-      <c r="B202" t="inlineStr">
+            <t xml:space="preserve"> 7-9, 1.º andar, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2855 5533</t>
+          </r>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">webmaster@dsedj.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Comissão Organizadora do Grande Prémio de Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Avenida da Amizade, Edifício do Grande Prémio de Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 7303</t>
+          </r>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 7309</t>
+          </r>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">macaugp@sport.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.macau.grandprix.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Comissão de Avaliação para Captação de Quadros Qualificados</t>
+          </r>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Comissão Organizadora da Zona de Competição de Macau da 15.ª edição dos Jogos Nacionais e da 12.ª edição dos Jogos Nacionais para Pessoas Portadoras de Deficiência e 9.ª edição dos Jogos Olímpicos Especiais Nacionais</t>
+          </r>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Rua de Ténis, Cotai Centro de Formação e Estágio de Atletas (adjacente à Nave Desportiva dos Jogos da Ásia Oriental de Macau), Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2828 2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2852 3832</t>
+          </r>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@15ngoc-mo.org</t>
+          </r>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Secretaria para os Transportes e Obras Públicas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida Dr. Mário Soares, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">os</t>
           </r>
           <r>
             <t xml:space="preserve"> 307-323, Edifício do Banco da China, 26.º andar, Macau</t>
           </r>
         </is>
       </c>
-      <c r="C202" t="inlineStr">
+      <c r="C201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 6919</t>
           </r>
         </is>
       </c>
-      <c r="D202" t="inlineStr">
+      <c r="D201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 7714</t>
           </r>
         </is>
       </c>
-      <c r="E202" t="inlineStr">
-[...6 lines deleted...]
-      <c r="F202" t="inlineStr">
+      <c r="E201" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">www.gstop.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G202" t="inlineStr">
-[...487 lines deleted...]
-            <t xml:space="preserve">Alameda Dr.Carlos d'Assumpção, n.</t>
+      <c r="G201" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Secretário：Tam Vai Man
+Chefe do Gabinete：Un In Lin
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Gabinete do Secretário para os Transportes e Obras Públicas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Avenida Dr. Mário Soares, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">os</t>
           </r>
           <r>
-            <t xml:space="preserve"> 336-342, Centro Comercial Cheng Feng, 18.º andar, Macau</t>
-[...241 lines deleted...]
-            <t xml:space="preserve">Estrada de D. Maria II, n.</t>
+            <t xml:space="preserve"> 307-323, Edifício do Banco da China, 26.º andar, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2878 6919</t>
+          </r>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 7714</t>
+          </r>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">www.gstop.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Secretário para os Transportes e Obras Públicas：Tam Vai Man
+Chefe do Gabinete：Un In Lin
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Solos e Construção Urbana</t>
+          </r>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada de D. Maria II, n.º 33, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 2488</t>
+          </r>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 0019</t>
+          </r>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsscu.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsscu.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director：Lai Weng Leong
+Subdirector：Mak Tat Io
+Subdirectora：Chan Hoi Ieng
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Obras Públicas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Avenida do Dr. Rodrigo Rodrigues, 10.º andar, Edifício Nam Kwong, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 3726</t>
+          </r>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 3728</t>
+          </r>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsop.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsop.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director：Lam Wai Hou
+Subdirector：Sam Weng Chon
+Subdirector：Luís Manuel Silva Madeira de Carvalho
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Assuntos Marítimos e de Água</t>
+          </r>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Calçada da Barra, Edifício da Direcção dos Serviços de Assuntos Marítimos e de Água, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853） 2855 9922</t>
+          </r>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853） 8988 2599</t>
+          </r>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@marine.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.marine.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Caixa Postal 47 - Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Directora：Wong Soi Man
+Subdirector：Kuok Kin
+Subdirectora：Tong Iok Peng
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Oficinas Navais</t>
+          </r>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Rua da Doca Seca, s/n, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8988 0834 ,（853）8988 0818</t>
+          </r>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2831 7030</t>
+          </r>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">on@marine.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.marine.gov.mo/ecn</t>
+          </r>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Caixa Postal 47 - Macau</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Museu Marítimo</t>
+          </r>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Largo do Pagode da Barra, N.º 1, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2859 5481 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2851 2160 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">museumaritimo@marine.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.museumaritimo.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Caixa Postal 47 - Macau</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Escola de Pilotagem</t>
+          </r>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Rua do Almirante Sérgio, s/n (Largo do Pagode da Barra), Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2858 8866,（853）2856 3499,（853）2856 3502</t>
+          </r>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2896 2528 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">escola@marine.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.escola-pilotagem.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Caixa Postal 47 - Macau</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Protecção Ambiental</t>
+          </r>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada de D. Maria II, 32-36, Edifício CEM, 1.º andar, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Sede：（853）2872 5134 
+Linha Ambiental：（853）2876 2626</t>
+          </r>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 5129</t>
+          </r>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dspa.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dspa.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director：Ip Kuong Lam
+Subdirector：Vai Hoi Ieong
+Subdirector：Hoi Chi Leong
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços para os Assuntos de Tráfego</t>
+          </r>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada de D. Maria II, n.º 33, r/c, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Central telefónica：（853）8866 6666
+Linha Aberta para os Assuntos de Tráfego：（853）8866 6363 （As chamadas são atendidas pessoalmente durante as horas de expediente e gravadas automaticamente fora destas.）</t>
+          </r>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2875 0626</t>
+          </r>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsat.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsat.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director：Chiang Ngoc Vai
+Subdirector：Lei Veng Hong
+Subdirector (Subst.º)：Mok Soi Tou
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Autoridade de Aviação Civil</t>
+          </r>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Alameda Dr.Carlos d'Assumpção, n.</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <vertAlign val="superscript"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">os</t>
           </r>
           <r>
+            <t xml:space="preserve"> 336-342, Centro Comercial Cheng Feng, 18.º andar, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 2851 1213</t>
+          </r>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 2833 8089</t>
+          </r>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">aacm@aacm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.aacm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Presidente：Pun Wa Kin
+Vice-Presidente：Fong Wai Long
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Correios e Telecomunicações</t>
+          </r>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Largo do Senado, Edifício Sede dos CTT, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2857 4491</t>
+          </r>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2833 6603,（853）8396 8603</t>
+          </r>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">cttgeral@ctt.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.ctt.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Directora：Lau Wai Meng
+Subdirector：Lao Lan Wa
+Subdirectora：Ip Chong Wa
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Instituto de Habitação</t>
+          </r>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada do Canal dos Patos, n.º 220, Edifício Cheng Chong, r/c L, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2859 4875</t>
+          </r>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2830 5909</t>
+          </r>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@ihm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.ihm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Presidente：Iam Lei Leng
+Vice-Presidente：Kuoc Vai Han
+Vice-Presidente：Ieong Kam Wa
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Direcção dos Serviços de Cartografia e Cadastro</t>
+          </r>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada de D. Maria II, 32-36, Edifício CEM, 5.º andar, Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 0040</t>
+          </r>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 0046 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">mail@dscc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dscc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Caixa Postal 3018 – Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director：Vicente Luís Gracias
+Subdirector：Cheong Sio Kei
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Escola de Topografia e Cadastro de Macau</t>
+          </r>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Estrada de D. Maria II, n.</t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <vertAlign val="superscript"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">os</t>
+          </r>
+          <r>
             <t xml:space="preserve"> 32 - 36, Edifício CEM, 5.º - 6.º andares, Macau</t>
           </r>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2834 0040 </t>
           </r>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2834 0046 </t>
           </r>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">mail@dscc.gov.mo</t>
           </r>
         </is>
       </c>
@@ -22368,51 +22392,51 @@
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@fpace.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fpace.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Presidente do Conselho de Administração：Ip Kuong Lam
+            <t xml:space="preserve">Presidente do Conselho Administrativo：Ip Kuong Lam
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Obra Social da Direcção dos Serviços de Assuntos Marítimos e de Água</t>
           </r>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Calçada da Barra, Edifício da Direcção dos Serviços de Assuntos Marítimos e de Água, Macau</t>
           </r>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8988 2406</t>
           </r>
@@ -24639,72 +24663,72 @@
         <is>
           <r>
             <t xml:space="preserve">www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Comissão Independente para o Exercício do Poder Disciplinar Sobre os Solicitadores</t>
           </r>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">Praceta 25 de Abril, Edifício dos Tribunais de Segunda e Última Instâncias, Macau</t>
           </r>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8298 4369</t>
           </r>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">CIEPDSS@court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ministério Público</t>
           </r>
         </is>
@@ -27249,51 +27273,51 @@
       <c r="E298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">wtcmc@wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Presidente do Conselho de Administração：Chui Sai Cheong
-Adminitradora-Delegada do Conselho de Administração e Presidente da Comissão Executiva：Lei Chi Wai
+Adminitradora-Delegada do Conselho de Administração e Presidente da Comissão Executiva：Ao Weng Tong
 Director Executivo：Lam Kam Seng
 Director Executivo：Tang Kuan Meng
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Centro de Arbitragem do Centro de Comércio Mundial Macau</t>
           </r>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida da Amizade, n.° 918, Edifício World Trade Center, 17.° andar, Macau</t>
           </r>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <r>
@@ -27311,51 +27335,51 @@
       <c r="E299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">secretariat@mac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.mac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Presidente do Conselho Directivo：Tsui Wai Kwan, Jackson
-Vice-Presidente do Conselho Directivo：Lei Chi Wai, António
+Vice-Presidente do Conselho Directivo：Ao Weng Tong
 Vogal do Conselho Directivo (Secretária-Geral)：Vong Sok Hei, Rosita
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Companhia para o Desenvolvimento do Ensino Superior da UM em Hengqin Guangdong, Lda.</t>
           </r>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Gabinete 1101, Rua Jinyu n.º 19, Zona Nova de Hengqin, Zhuhai</t>
           </r>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>