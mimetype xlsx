--- v1 (2025-12-21)
+++ v2 (2026-01-05)
@@ -357,52 +357,52 @@
       <t xml:space="preserve">Avenida da Amizade, n.º 918, Edifício World Trade Centre Macau, 4.° andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6800</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6665</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Director：---
-Subdirector：Lio Chi Hon
+      <t xml:space="preserve">Director (Subst.º)：Lio Chi Hon
+Subdirector：---
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Delegação da Região Administrativa Especial de Macau em Pequim</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">n.º 8, Wangfujing East Street, 16th/F, Macau Center, Dongcheng District, Beijing, China (P.C.: 100006)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138010 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138020 </t>
     </r>
   </si>
   <si>
     <r>
@@ -857,53 +857,53 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2832 3623</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8987 1722</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@safp.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.safp.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Directora：Leong Weng In
-Subdirectora：Joana Maria Noronha
 Subdirector：Chan Chi Kin
 Subdirectora：Chan Sok Cheng
+Subdirector：---
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Centro de Informações ao Público</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rua do Campo, n.°162, Edifício Administração Pública, r/c , Macau（Balcão de Atendimento）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Informações do governo, queixas e sugestões：（853）8866 8866（serviço de gravação de chamadas fora do horário de expediente）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2835 3355</t>
     </r>
   </si>
   <si>
     <r>
@@ -1604,52 +1604,52 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Central telefónica：（853）2833 6366
 Informações Fiscais：（853）2833 6886</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 0133</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsf.gov.mo/?lang=pt</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Directora (Subst.ª)：Ho Silvestre In Mui
-Subdirector (Subst.º)：Kuok Iat Hoi
+      <t xml:space="preserve">Directora：Ho Silvestre In Mui
+Subdirector：Kuok Iat Hoi
 Subdirectora (Subst.ª)：Tam Lai Ha
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Repartição das Execuções Fiscais</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rua de Madrid n.º 183, Edifício Comercial Zhu Kuan Mansion, QR/C, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 2396</t>
     </r>
   </si>
   <si>
@@ -5059,51 +5059,51 @@
   <si>
     <r>
       <t xml:space="preserve">Complexo de Cuidados de Saúde das Ilhas – Centro Médico de Macau do Peking Union Medical College Hospital</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Centro Médico de Macau do Peking Union Medical College Hospital, Avenida do Hospital do Cotai, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@cmm-pumch.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">https://www.cmm-pumch.gov.mo/</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Director：Liu Zhengyin
 Subdirector：Lei Wai Seng
 Subdirectora：Li Li
-Subdirector：Li Jun
+Subdirector：Sun Guoqiang
 Pessoal cargo é equiparado à categoria de subdirector：Lao Hio Fai
 Pessoal cargo é equiparado à categoria de subdirectora：Shen Ning
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Instituto de Acção Social</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Estrada do Cemitério, n.º 6, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2836 7878</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2835 8573</t>
     </r>
   </si>
@@ -5495,51 +5495,51 @@
       <t xml:space="preserve"> andar A, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2850 1000</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2850 1010</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@fdc.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">https://www.fdc.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Presidente do Conselho de Administração：Cheong Kin Hong
+      <t xml:space="preserve">Presidente do Conselho de Administração：Leong Wai Man
 Membro do Conselho de Administração：Chan Ka Io
 Membro do Conselho de Administração：Hoi Kam Un
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Universidade de Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Avenida da Universidade, Taipa, Macau, China</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8822 8833</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8822 8822</t>
     </r>
   </si>
@@ -6277,51 +6277,51 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2859 4875</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 5909</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@ihm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.ihm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente：Iam Lei Leng
 Vice-Presidente：Kuoc Vai Han
-Vice-Presidente：Ieong Kam Wa
+Vice-Presidente (Subst.º)：Cheang Sek Lam
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Direcção dos Serviços de Cartografia e Cadastro</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Estrada de D. Maria II, 32-36, Edifício CEM, 5.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2834 0040</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2834 0046 </t>
     </r>
   </si>
   <si>
     <r>
@@ -6772,51 +6772,51 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.al.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente：Cheong Weng Chon
 Vice-presidente：Ho Ion Sang
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Serviços de Apoio à Assembleia Legislativa</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.al.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Secretária-Geral：Ieong Soi U
+      <t xml:space="preserve">Secretário-Geral (Subst.º)：Lam Chi Long
 Secretária-Geral Adjunta：Pun Kam Peng
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Comissão de Apoio Judiciário</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Alameda Dr. Carlos d'Assumpção, n.º 398, Edifício CNAC, 6.º andar, Macau</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2853 3540</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3109 </t>
     </r>
   </si>
   <si>
@@ -7199,51 +7199,51 @@
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tribunal de Segunda Instância</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8398 4100</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2832 6747 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.court.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Presidente：Choi Mou Pan (Substituto)
+      <t xml:space="preserve">Presidente：Choi Mou Pan
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tribunais de Primeira Instância</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presidente：Io Weng San
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tribunal Judicial de Base</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Secretarias dos Juízos Cíveis, Juízo Laboral e Juízo de Família e de Menores : Avenida do Infante D. Henrique, n.</t>
     </r>
     <r>
       <rPr>
@@ -9995,52 +9995,52 @@
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Director：---
-Subdirector：Lio Chi Hon
+            <t xml:space="preserve">Director (Subst.º)：Lio Chi Hon
+Subdirector：---
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Delegação da Região Administrativa Especial de Macau em Pequim</t>
           </r>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">n.º 8, Wangfujing East Street, 16th/F, Macau Center, Dongcheng District, Beijing, China (P.C.: 100006)</t>
           </r>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">+（86）10 58138010 </t>
           </r>
@@ -11025,53 +11025,53 @@
       <c r="E26" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@safp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.safp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Directora：Leong Weng In
-Subdirectora：Joana Maria Noronha
 Subdirector：Chan Chi Kin
 Subdirectora：Chan Sok Cheng
+Subdirector：---
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Centro de Informações ao Público</t>
           </r>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Rua do Campo, n.°162, Edifício Administração Pública, r/c , Macau（Balcão de Atendimento）</t>
           </r>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Informações do governo, queixas e sugestões：（853）8866 8866（serviço de gravação de chamadas fora do horário de expediente）</t>
           </r>
@@ -12426,52 +12426,52 @@
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsf.gov.mo/?lang=pt</t>
           </r>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Directora (Subst.ª)：Ho Silvestre In Mui
-Subdirector (Subst.º)：Kuok Iat Hoi
+            <t xml:space="preserve">Directora：Ho Silvestre In Mui
+Subdirector：Kuok Iat Hoi
 Subdirectora (Subst.ª)：Tam Lai Ha
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Repartição das Execuções Fiscais</t>
           </r>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Rua de Madrid n.º 183, Edifício Comercial Zhu Kuan Mansion, QR/C, Macau</t>
           </r>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
@@ -19560,51 +19560,51 @@
           <r>
             <t xml:space="preserve">info@cmm-pumch.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.cmm-pumch.gov.mo/</t>
           </r>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Director：Liu Zhengyin
 Subdirector：Lei Wai Seng
 Subdirectora：Li Li
-Subdirector：Li Jun
+Subdirector：Sun Guoqiang
 Pessoal cargo é equiparado à categoria de subdirector：Lao Hio Fai
 Pessoal cargo é equiparado à categoria de subdirectora：Shen Ning
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Instituto de Acção Social</t>
           </r>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Estrada do Cemitério, n.º 6, Macau</t>
           </r>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <r>
@@ -20437,51 +20437,51 @@
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@fdc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.fdc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Presidente do Conselho de Administração：Cheong Kin Hong
+            <t xml:space="preserve">Presidente do Conselho de Administração：Leong Wai Man
 Membro do Conselho de Administração：Chan Ka Io
 Membro do Conselho de Administração：Hoi Kam Un
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Universidade de Macau</t>
           </r>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Avenida da Universidade, Taipa, Macau, China</t>
           </r>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <r>
@@ -22026,51 +22026,51 @@
         <is>
           <r>
             <t xml:space="preserve">info@ihm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.ihm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Presidente：Iam Lei Leng
 Vice-Presidente：Kuoc Vai Han
-Vice-Presidente：Ieong Kam Wa
+Vice-Presidente (Subst.º)：Cheang Sek Lam
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Direcção dos Serviços de Cartografia e Cadastro</t>
           </r>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Estrada de D. Maria II, 32-36, Edifício CEM, 5.º andar, Macau</t>
           </r>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2834 0040</t>
           </r>
@@ -23154,51 +23154,51 @@
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@al.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.al.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Secretária-Geral：Ieong Soi U
+            <t xml:space="preserve">Secretário-Geral (Subst.º)：Lam Chi Long
 Secretária-Geral Adjunta：Pun Kam Peng
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Comissão de Apoio Judiciário</t>
           </r>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Alameda Dr. Carlos d'Assumpção, n.º 398, Edifício CNAC, 6.º andar, Macau</t>
           </r>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2853 3540</t>
@@ -23915,51 +23915,51 @@
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Presidente：Choi Mou Pan (Substituto)
+            <t xml:space="preserve">Presidente：Choi Mou Pan
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Tribunais de Primeira Instância</t>
           </r>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>