--- v0 (2025-10-16)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1529">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1526">
   <si>
     <r>
       <t xml:space="preserve">行政長官</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門南灣大馬路澳門特別行政區政府總部</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6886，（853）2856 5555</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6168</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
@@ -840,54 +840,53 @@
       <t xml:space="preserve">澳門水坑尾街162號公共行政大樓15-20樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2856 4225，（853）2859 5298</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 0445 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsaj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsaj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">代局長：周錫強
+      <t xml:space="preserve">代局長：吳子健
 副局長：盧瑞祥
 副局長：邱顯哲
-副局長：吳子健
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公證署</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsaj.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">第一公證署</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門慕拉士大馬路222號地下政府綜合服務中心</t>
     </r>
   </si>
   <si>
     <r>
@@ -1203,102 +1202,50 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3766</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">cfjj@cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">代主任：鄭渭茵
 副主任：---
 </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">印務局</t>
-[...50 lines deleted...]
-    <r>
       <t xml:space="preserve">公共行政福利基金</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門水坑尾街162號公共行政大樓地下, 11-12樓及21-29樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：梁穎妍
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">保障暴力罪行受害人委員會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門水坑尾街162號公共行政大樓20樓</t>
     </r>
   </si>
   <si>
@@ -1477,52 +1424,52 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">總機：（853）2833 6366
 稅務查詢熱線：（853）2833 6886 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 0133</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsf.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">代局長：何燕梅
-副局長：鍾聖心
 代副局長：郭日海
+代副局長：譚麗霞
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">稅務執行處</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門馬德里街183號珠光大廈QR/C</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 2396</t>
     </r>
   </si>
   <si>
     <r>
@@ -1695,51 +1642,51 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2856 8288 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2832 5432</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">general@amcm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.amcm.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會代主席：黃善文
 行政管理委員會委員：劉杏娟
-行政管理委員會委員：黃立峰
+行政管理委員會委員：陳君儀
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">科學技術發展基金</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門殷皇子大馬路 43 - 53A澳門廣場 8樓C座及 11樓K座</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 8777</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 8775,（853）2878 8776</t>
     </r>
   </si>
   <si>
     <r>
@@ -1916,51 +1863,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：陳元童
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">博彩委員會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">保安司</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8799 7580</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">http://www.gss.gov.mo</t>
+      <t xml:space="preserve">https://www.gss.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">司長：陳子勁
 辦公室主任：林燕生
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">保安司司長辦公室</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">保安司司長：陳子勁
 辦公室主任：林燕生
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">警察總局</t>
     </r>
@@ -2422,51 +2369,51 @@
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：王健
 行政管理委員會副主席：張智宏
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">阻嚇販賣人口措施關注委員會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">24小時舉報及求助熱線：（853）2888 9911 
  辦公室電話：（853）8799 7102</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@anti-tip.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">http://www.anti-tip.gov.mo</t>
+      <t xml:space="preserve">https://www.anti-tip.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">協調員：林燕生
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">社會文化司</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門風順堂街28號政府總部2樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7594 </t>
     </r>
   </si>
   <si>
     <r>
@@ -3904,51 +3851,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2834 3708 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@sport.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.sport.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門郵政信箱334號</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">代局長：李詩靈
-代副局長：莫子恆
+副局長：莫子恆
 副局長：---
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">衛生局</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門東望洋新街 339號 衛生局行政樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2831 3731</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3105</t>
     </r>
   </si>
   <si>
@@ -4226,50 +4173,75 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">石排灣衛生中心</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門路環石排灣蝴蝶谷大馬路石排灣社會及衛生服務大樓地面層、一樓及二樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 2850 2001</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 2850 2004</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">cspv@ssm.gov.mo</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">新城Ａ區衛生站</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">澳門新城A區鏡海大馬路東創大廈一樓</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">（853）2883 3690</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">（853）2883 3694</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">csza@ssm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">氹仔老人保健站</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門氹仔地堡街357M氹仔平民新村第九座地下</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2882 7667 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2882 7669</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">路環衛生站</t>
@@ -5039,51 +5011,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">fe@dsedj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">https://www.dsedj.gov.mo/fe</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：龔志明
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">體育基金</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">行政管理委員會代主席：李詩靈
+      <t xml:space="preserve">行政管理委員會主席：李詩靈
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">第十五屆全國運動會及全國第十二屆殘疾人運動會暨第九屆特殊奧林匹克運動會澳門賽區籌備辦公室</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門路氹城網球路運動員培訓及集訓中心（澳門東亞運動會體育館旁）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2828 2025</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2852 3832</t>
     </r>
   </si>
   <si>
     <r>
@@ -6075,51 +6047,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 8377, （853）2872 8379 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2897 3753</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@al.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.al.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">主席：張永春
-副主席：---
+副主席：何潤生
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">立法會輔助部門</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.al.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">秘書長：楊瑞茹
 副秘書長：潘錦屏
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">司法援助委員會</t>
     </r>
   </si>
@@ -6654,50 +6626,60 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8398 4397</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">www.court.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">法官委員會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">edoc_cmj@court.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">法律代辦紀律權限獨立委員會</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">（853）8298 4369</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CIEPDSS@court.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">檢察院</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 6666</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2875 3231</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@mp.gov.mo</t>
@@ -8408,51 +8390,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H304"/>
+  <dimension ref="A1:H303"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">行政長官</t>
           </r>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門南灣大馬路澳門特別行政區政府總部</t>
           </r>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <r>
@@ -10052,54 +10034,53 @@
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsaj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsaj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">代局長：周錫強
+            <t xml:space="preserve">代局長：吳子健
 副局長：盧瑞祥
 副局長：邱顯哲
-副局長：吳子健
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">公證署</t>
           </r>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
@@ -10720,1288 +10701,1295 @@
             <t xml:space="preserve">http://www.cfjj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">代主任：鄭渭茵
 副主任：---
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">印務局</t>
+            <t xml:space="preserve">公共行政福利基金</t>
           </r>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔北安 O1地段多功能政府大樓印務局</t>
+            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓地下, 11-12樓及21-29樓</t>
           </r>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 3822</t>
+            <t xml:space="preserve">（853）2832 3623</t>
           </r>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 6802</t>
+            <t xml:space="preserve">（853）8987 1722</t>
           </r>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@io.gov.mo</t>
+            <t xml:space="preserve">info@safp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.io.gov.mo</t>
+            <t xml:space="preserve">http://www.safp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">局長：梁葆瑩
-副局長：陳日鴻
+            <t xml:space="preserve">行政管理委員會主席：梁穎妍
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">銷售政府出版物及刊登公報服務點</t>
+            <t xml:space="preserve">保障暴力罪行受害人委員會</t>
           </r>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">出版物銷售服務：澳門氹仔北安O1地段多功能政府大樓&lt;/br&gt;刊登公報服務：澳門水坑尾街162號公共行政大樓19樓</t>
+            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓20樓</t>
           </r>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">出版物銷售服務：（853）2857 3822&lt;/br&gt;刊登公報服務：（853）8987 2318</t>
+            <t xml:space="preserve">（853）2856 4225</t>
           </r>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@dsaj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">公共行政福利基金</t>
+            <t xml:space="preserve">登記暨公證委員會</t>
           </r>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓地下, 11-12樓及21-29樓</t>
+            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓15-20樓</t>
           </r>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 3623</t>
+            <t xml:space="preserve">（853）2856 4225,（853）2859 5298</t>
           </r>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8987 1722</t>
+            <t xml:space="preserve">（853）2871 0445</t>
           </r>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@safp.gov.mo</t>
+            <t xml:space="preserve">info@dsaj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.safp.gov.mo</t>
+            <t xml:space="preserve">http://www.dsaj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">保障暴力罪行受害人委員會</t>
+            <t xml:space="preserve">公共服務及組織績效評審委員會</t>
           </r>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓20樓</t>
+            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓12樓</t>
           </r>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 4225</t>
+            <t xml:space="preserve">（853）8987 1125</t>
           </r>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8987 1515</t>
           </r>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@dsaj.gov.mo</t>
+            <t xml:space="preserve"> info@caspdo.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：龐川
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">登記暨公證委員會</t>
+            <t xml:space="preserve">公務人員投訴處理管理委員會</t>
           </r>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓15-20樓</t>
+            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓22樓</t>
           </r>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 4225,（853）2859 5298</t>
+            <t xml:space="preserve">（853）2871 8788</t>
           </r>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 0445</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@dsaj.gov.mo</t>
+            <t xml:space="preserve">enquiry@cgtq.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.dsaj.gov.mo</t>
+            <t xml:space="preserve">https://www.cgtq.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：梁玉華
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">公共服務及組織績效評審委員會</t>
+            <t xml:space="preserve">經濟財政司</t>
           </r>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓12樓</t>
+            <t xml:space="preserve">澳門蘇亞利斯博士大馬路307 - 323號中國銀行大廈23樓</t>
           </r>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8987 1125</t>
+            <t xml:space="preserve">（853）2878 7350</t>
           </r>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8987 1515</t>
+            <t xml:space="preserve">（853）2872 6302</t>
           </r>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"> info@caspdo.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.gsef.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：龐川
+            <t xml:space="preserve">司長：戴建業
+辦公室主任：羅志輝
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">公務人員投訴處理管理委員會</t>
+            <t xml:space="preserve">經濟財政司司長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街162號公共行政大樓22樓</t>
+            <t xml:space="preserve">澳門蘇亞利斯博士大馬路307 - 323號中國銀行大廈23樓</t>
           </r>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 8788</t>
+            <t xml:space="preserve">（853）2878 7350</t>
           </r>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 6302</t>
           </r>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">enquiry@cgtq.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cgtq.gov.mo</t>
+            <t xml:space="preserve">http://www.gsef.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：梁玉華
+            <t xml:space="preserve">經濟財政司司長：戴建業
+辦公室主任：羅志輝
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">經濟財政司</t>
+            <t xml:space="preserve">經濟及科技發展局</t>
           </r>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門蘇亞利斯博士大馬路307 - 323號中國銀行大廈23樓</t>
+            <t xml:space="preserve">澳門南灣羅保博士街1-3號國際銀行大廈6樓</t>
           </r>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 7350</t>
+            <t xml:space="preserve">（853）2888 2088</t>
           </r>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 6302</t>
+            <t xml:space="preserve">（853）2871 2552</t>
           </r>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@dsedt.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.gsef.gov.mo</t>
+            <t xml:space="preserve">http://www.dsedt.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H47" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="H49" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：邱潤華
 副局長：鄭曉敏
 副局長：陳祖榮
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">財政局</t>
+          </r>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣大馬路 575、579及 585號財政局大樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">總機：（853）2833 6366
+稅務查詢熱線：（853）2833 6886 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2830 0133</t>
+          </r>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsf.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">代局長：何燕梅
+代副局長：郭日海
+代副局長：譚麗霞
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">稅務執行處</t>
+          </r>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門馬德里街183號珠光大廈QR/C</t>
+          </r>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8599 5147，（853）8599 5181，（853）8599 5100</t>
+          </r>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2837 2396</t>
+          </r>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">處長：何燕梅
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="50" spans="1:8">
       <c r="A50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">財政局</t>
+            <t xml:space="preserve">旅遊局</t>
           </r>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路 575、579及 585號財政局大樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場335-341號獲多利大廈12樓</t>
           </r>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">總機：（853）2833 6366
-稅務查詢熱線：（853）2833 6886 </t>
+            <t xml:space="preserve">（853）2831 5566</t>
           </r>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2830 0133</t>
+            <t xml:space="preserve">（853）2851 0104</t>
           </r>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">dsfinfo@dsf.gov.mo</t>
+            <t xml:space="preserve">mgto@macaotourism.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.dsf.gov.mo </t>
+            <t xml:space="preserve">https://www.dst.gov.mo/</t>
           </r>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H50" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="H52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：文綺華
 副局長：程衛東
 副局長：司徒琳麗
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:8">
-      <c r="A53" t="inlineStr">
+    <row r="51" spans="1:8">
+      <c r="A51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">博彩監察協調局</t>
           </r>
         </is>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門南灣大馬路762-804號中華廣場12樓A</t>
           </r>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2856 9262</t>
           </r>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2837 0296</t>
           </r>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">enquiry@dicj.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
+      <c r="F51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.dicj.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G53" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H53" t="inlineStr">
+      <c r="G51" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：吳惠嫻
 副局長：廖志聰
 副局長：李錫樵
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:8">
-      <c r="A54" t="inlineStr">
+    <row r="52" spans="1:8">
+      <c r="A52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">勞工事務局</t>
           </r>
         </is>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門馬揸度博士大馬路221-279號先進廣場大廈</t>
           </r>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2856 4109 </t>
           </r>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2855 0477 </t>
           </r>
         </is>
       </c>
-      <c r="E54" t="inlineStr">
+      <c r="E52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">dsalinfo@dsal.gov.mo </t>
           </r>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
+      <c r="F52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsal.gov.mo </t>
           </r>
         </is>
       </c>
-      <c r="G54" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H54" t="inlineStr">
+      <c r="G52" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H52" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：陳元童
 副局長：陳俊宇
 副局長：陳子慧
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:8">
-      <c r="A55" t="inlineStr">
+    <row r="53" spans="1:8">
+      <c r="A53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">招商投資促進局</t>
           </r>
         </is>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門湖畔南街中國與葡語國家商貿合作服務平台綜合體辦公樓一至三樓</t>
           </r>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 0300</t>
           </r>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2859 0309</t>
           </r>
         </is>
       </c>
-      <c r="E55" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">ipim@ipim.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F55" t="inlineStr">
+      <c r="F53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.ipim.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G55" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H55" t="inlineStr">
+      <c r="G53" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">行政管理委員會主席：謝永強
 行政管理委員會委員：李藻森
 行政管理委員會委員：黃伊琳
 行政管理委員會委員：梁華峰
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門金融管理局</t>
+          </r>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門東望洋斜巷24及26號</t>
+          </r>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2856 8288 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2832 5432</t>
+          </r>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">general@amcm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.amcm.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">行政管理委員會代主席：黃善文
+行政管理委員會委員：劉杏娟
+行政管理委員會委員：陳君儀
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">科學技術發展基金</t>
+          </r>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門殷皇子大馬路 43 - 53A澳門廣場 8樓C座及 11樓K座</t>
+          </r>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2878 8777</t>
+          </r>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2878 8775,（853）2878 8776</t>
+          </r>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@fdct.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.fdct.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">行政委員會主席：余雨生
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門金融管理局</t>
+            <t xml:space="preserve">統計暨普查局</t>
           </r>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門東望洋斜巷24及26號</t>
+            <t xml:space="preserve">澳門宋玉生廣場411-417號皇朝廣場17樓</t>
           </r>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 8288 </t>
+            <t xml:space="preserve">（853）2872 8188</t>
           </r>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 5432</t>
+            <t xml:space="preserve">（853）2856 1884</t>
           </r>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">general@amcm.gov.mo</t>
+            <t xml:space="preserve">info@dsec.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.amcm.gov.mo </t>
+            <t xml:space="preserve">http://www.dsec.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H56" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="H58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">代局長：龐啓富
 副局長：黎嘉駿
 副局長：區家穎
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">消費者委員會</t>
+          </r>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門高士德大馬路 26號何鴻燊夫人大廈 4樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8988 9315</t>
+          </r>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2830 7816 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@consumer.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.consumer.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：梁碧珊
+副主席：歐永棠
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">工商業發展基金</t>
+          </r>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣羅保博士街1-3號國際銀行大廈6樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 2088</t>
+          </r>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 2552 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsedt.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsedt.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">行政管理委員會主席：邱潤華
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">消費者委員會</t>
+            <t xml:space="preserve">汽車及航海保障基金</t>
           </r>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門高士德大馬路 26號何鴻燊夫人大廈 4樓</t>
+            <t xml:space="preserve">澳門東望洋斜巷24及26號</t>
           </r>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 9315</t>
+            <t xml:space="preserve">（853）2856 8288</t>
           </r>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2830 7816 </t>
+            <t xml:space="preserve">（853）2832 5432</t>
           </r>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@consumer.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.consumer.gov.mo </t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：梁碧珊
-副主席：歐永棠
+            <t xml:space="preserve">行政管理委員會主席：黃善文
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">工商業發展基金</t>
+            <t xml:space="preserve">旅遊基金</t>
           </r>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣羅保博士街1-3號國際銀行大廈6樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場335-341號獲多利大廈12樓</t>
           </r>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2088</t>
+            <t xml:space="preserve">（853）2831 5566，（853）2851 3355</t>
           </r>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 2552 </t>
+            <t xml:space="preserve">（853）2851 0104</t>
           </r>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@dsedt.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.dsedt.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：邱潤華
+            <t xml:space="preserve">行政管理委員會主席：文綺華
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">汽車及航海保障基金</t>
+            <t xml:space="preserve">存款保障基金</t>
           </r>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門東望洋斜巷24及26號</t>
           </r>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2856 8288</t>
           </r>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2832 5432</t>
           </r>
         </is>
       </c>
       <c r="E61" t="inlineStr">
@@ -12016,13493 +12004,13426 @@
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">行政管理委員會主席：黃善文
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">旅遊基金</t>
+            <t xml:space="preserve">勞動債權保障基金</t>
           </r>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場335-341號獲多利大廈12樓</t>
+            <t xml:space="preserve">澳門馬揸度博士大馬路221-279號先進廣場勞工事務局總辦事處</t>
           </r>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 5566，（853）2851 3355</t>
+            <t xml:space="preserve">（853）2871 7822</t>
           </r>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2851 0104</t>
+            <t xml:space="preserve">（853）2852 5934</t>
           </r>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@fgcl.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.fgcl.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：文綺華
+            <t xml:space="preserve">行政管理委員會主席：陳元童
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">存款保障基金</t>
+            <t xml:space="preserve">博彩委員會</t>
           </r>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門東望洋斜巷24及26號</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 8288</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 5432</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">勞動債權保障基金</t>
+            <t xml:space="preserve">保安司</t>
           </r>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬揸度博士大馬路221-279號先進廣場勞工事務局總辦事處</t>
+            <t xml:space="preserve">澳門兵營斜巷</t>
           </r>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 7822</t>
+            <t xml:space="preserve">（853）8799 7580</t>
           </r>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 5934</t>
+            <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@fgcl.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.fgcl.gov.mo</t>
+            <t xml:space="preserve">https://www.gss.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：陳元童
+            <t xml:space="preserve">司長：陳子勁
+辦公室主任：林燕生
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">博彩委員會</t>
+            <t xml:space="preserve">保安司司長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門兵營斜巷</t>
           </r>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8799 7580</t>
           </r>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.gss.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">保安司司長：陳子勁
+辦公室主任：林燕生
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">保安司</t>
+            <t xml:space="preserve">警察總局</t>
           </r>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門兵營斜巷</t>
+            <t xml:space="preserve">澳門南灣大馬路730-804號中華廣場7樓A-B座及16樓</t>
           </r>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8799 7580</t>
+            <t xml:space="preserve">（853）2871 2999,（853）8798 7510</t>
           </r>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 5008</t>
+            <t xml:space="preserve">（853）2871 3101</t>
           </r>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@spu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.gss.gov.mo</t>
+            <t xml:space="preserve">https://www.spu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H66" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="H68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：梁文昌
 局長助理：魏瑞斌
 局長助理：梁文照
 局長助理：林俊生
 金融情報辦公室主任：朱婉儀
 辦公室協調員：趙汝民
 金融情報辦公室副主任：馮婉琪
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:8">
-      <c r="A69" t="inlineStr">
+    <row r="67" spans="1:8">
+      <c r="A67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">中華人民共和國澳門特別行政區海關</t>
           </r>
         </is>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門氹仔北安碼頭大馬路北安碼頭三巷澳門海關總部大樓</t>
           </r>
         </is>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2855 9944</t>
           </r>
         </is>
       </c>
-      <c r="D69" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2837 1136</t>
           </r>
         </is>
       </c>
-      <c r="E69" t="inlineStr">
+      <c r="E67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@customs.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F69" t="inlineStr">
+      <c r="F67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.customs.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G69" t="inlineStr">
+      <c r="G67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">156</t>
           </r>
         </is>
       </c>
-      <c r="H69" t="inlineStr">
+      <c r="H67" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">海關關長：何浩瀚
 副關長：李煜輝
 助理關長：葉華釗
 代助理關長：吳嘉慧
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:8">
-      <c r="A70" t="inlineStr">
+    <row r="68" spans="1:8">
+      <c r="A68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">治安警察局</t>
           </r>
         </is>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門氹仔北安碼頭大馬路治安警察局總部大樓</t>
           </r>
         </is>
       </c>
-      <c r="C70" t="inlineStr">
+      <c r="C68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2857 3333</t>
           </r>
         </is>
       </c>
-      <c r="D70" t="inlineStr">
+      <c r="D68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 0826</t>
           </r>
         </is>
       </c>
-      <c r="E70" t="inlineStr">
+      <c r="E68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">psp-info@fsm.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F70" t="inlineStr">
+      <c r="F68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fsm.gov.mo/psp</t>
           </r>
         </is>
       </c>
-      <c r="G70" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H70" t="inlineStr">
+      <c r="G68" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：吳錦華
 副局長：梁慶康
 副局長：伍素萍
 代副局長：鄭俊禧
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:8">
-      <c r="A71" t="inlineStr">
+    <row r="69" spans="1:8">
+      <c r="A69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">司法警察局</t>
           </r>
         </is>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
           </r>
         </is>
       </c>
-      <c r="C71" t="inlineStr">
+      <c r="C69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">總機：（853）2855 7777 
 24小時報案熱線：993</t>
           </r>
         </is>
       </c>
-      <c r="D71" t="inlineStr">
+      <c r="D69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2831 2780 </t>
           </r>
         </is>
       </c>
-      <c r="E71" t="inlineStr">
+      <c r="E69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">nar@pj.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F71" t="inlineStr">
+      <c r="F69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.pj.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G71" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H71" t="inlineStr">
+      <c r="G69" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：薛仲明
 副局長：賴文威
 副局長：蘇兆強
 副局長：岑錦榮
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:8">
-      <c r="A72" t="inlineStr">
+    <row r="70" spans="1:8">
+      <c r="A70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">消防局</t>
           </r>
         </is>
       </c>
-      <c r="B72" t="inlineStr">
+      <c r="B70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門何鴻燊博士大馬路</t>
           </r>
         </is>
       </c>
-      <c r="C72" t="inlineStr">
+      <c r="C70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">緊急求助電話：119，120，（853）2857 2222 
  查詢及投訴：（853）8989 1373，（853）8989 1374（設有電話同步錄音）</t>
           </r>
         </is>
       </c>
-      <c r="D72" t="inlineStr">
+      <c r="D70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 1128</t>
           </r>
         </is>
       </c>
-      <c r="E72" t="inlineStr">
+      <c r="E70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">cb-info@fsm.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F72" t="inlineStr">
+      <c r="F70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fsm.gov.mo/cb</t>
           </r>
         </is>
       </c>
-      <c r="G72" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H72" t="inlineStr">
+      <c r="G70" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：王健
 副局長：張智宏
 代副局長：李龍傑
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">懲教管理局</t>
+          </r>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">總機：（853）2888 1211 
+查詢及投訴：（853）8896 1280，（853）8896 1283（設有電話錄音）</t>
+          </r>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 2431</t>
+          </r>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">局長：程况明
+副局長：李日明
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">路環監獄</t>
+          </r>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 1211</t>
+          </r>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 2431</t>
+          </r>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@dsc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dsc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="73" spans="1:8">
       <c r="A73" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">懲教管理局</t>
+            <t xml:space="preserve">少年感化院</t>
           </r>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+            <t xml:space="preserve">澳門路環竹灣馬路1號</t>
           </r>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">總機：（853）2888 1211 
-查詢及投訴：（853）8896 1280，（853）8896 1283（設有電話錄音）</t>
+            <t xml:space="preserve">（853）2888 2439,（853）8899 3109</t>
           </r>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2431</t>
+            <t xml:space="preserve">（853）2888 0178</t>
           </r>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@dsc.gov.mo</t>
+            <t xml:space="preserve">im@dsc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">路環監獄</t>
+            <t xml:space="preserve">懲教管理局服務諮詢中心</t>
           </r>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+            <t xml:space="preserve">澳門南灣大馬路762-804號中華廣場8樓A座</t>
           </r>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 1211</t>
+            <t xml:space="preserve">（853）2871 5800</t>
           </r>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2431</t>
+            <t xml:space="preserve">（853）2871 5355</t>
           </r>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@dsc.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">少年感化院</t>
+            <t xml:space="preserve">澳門保安部隊事務局</t>
           </r>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環竹灣馬路1號</t>
+            <t xml:space="preserve">澳門何賢紳士大馬路政府(青茂)辦公大樓8樓</t>
           </r>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2439,（853）8899 3109</t>
+            <t xml:space="preserve">（853）2855 9999</t>
           </r>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 0178</t>
+            <t xml:space="preserve">（853）2855 9998</t>
           </r>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">im@dsc.gov.mo</t>
+            <t xml:space="preserve">info@fsm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.dsc.gov.mo</t>
+            <t xml:space="preserve">http://www.fsm.gov.mo/dsfsm</t>
           </r>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...101 lines deleted...]
-      <c r="H77" t="inlineStr">
+      <c r="H75" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：劉運嫦
 副局長：鄺逸富
 副局長：陳曉
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門保安部隊高等學校</t>
+          </r>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門路環石街</t>
+          </r>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2887 1112 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2887 1117,（853）8899 0589</t>
+          </r>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">esfsm-info@fsm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.fsm.gov.mo/esfsm </t>
+          </r>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">校長：黃子暉
+副校長：林曉帆
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">懲教基金</t>
+          </r>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 1211（總機）</t>
+          </r>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2888 2431</t>
+          </r>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">行政管理委員會主席：程况明
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門保安部隊高等學校</t>
+            <t xml:space="preserve">海關福利會</t>
           </r>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環石街</t>
+            <t xml:space="preserve">氹仔北安碼頭大馬路北安碼頭三巷澳門海關總部大樓</t>
           </r>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2887 1112 </t>
+            <t xml:space="preserve">（853）8833 6894</t>
           </r>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2887 1117,（853）8899 0589</t>
+            <t xml:space="preserve">（853）8833 6893</t>
           </r>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">esfsm-info@fsm.gov.mo</t>
+            <t xml:space="preserve">ossa@customs.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.fsm.gov.mo/esfsm </t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">校長：黃子暉
-副校長：林曉帆
+            <t xml:space="preserve">行政委員會主席：何浩瀚
+行政委員會副主席：李煜輝
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">懲教基金</t>
+            <t xml:space="preserve">治安警察局福利會</t>
           </r>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環九澳堤壩馬路</t>
+            <t xml:space="preserve">澳門羅德禮將軍街2號福利會大廈地下D</t>
           </r>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 1211（總機）</t>
+            <t xml:space="preserve">(853) 87905450 / 87905451</t>
           </r>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2431</t>
+            <t xml:space="preserve">（853）2837 2025</t>
           </r>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：程况明
+            <t xml:space="preserve">行政管理委員會主席：吳錦華
+行政管理委員會副主席：梁慶康
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海關福利會</t>
+            <t xml:space="preserve">司法警察局福利會</t>
           </r>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔北安碼頭大馬路北安碼頭三巷澳門海關總部大樓</t>
+            <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
           </r>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8833 6894</t>
+            <t xml:space="preserve">（853）8800 1691</t>
           </r>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8833 6893</t>
+            <t xml:space="preserve">（853）8800 6360</t>
           </r>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">ossa@customs.gov.mo</t>
+            <t xml:space="preserve">ospj@pj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政委員會主席：何浩瀚
-行政委員會副主席：李煜輝
+            <t xml:space="preserve">行政管理委員會主席：薛仲明
+行政管理委員會副主席：岑錦榮
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">治安警察局福利會</t>
+            <t xml:space="preserve">消防局福利會</t>
           </r>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門羅德禮將軍街2號福利會大廈地下D</t>
+            <t xml:space="preserve">澳門何鴻燊博士大馬路</t>
           </r>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 87905450 / 87905451</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2837 2025</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：吳錦華
-行政管理委員會副主席：梁慶康
+            <t xml:space="preserve">行政管理委員會主席：王健
+行政管理委員會副主席：張智宏
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">司法警察局福利會</t>
+            <t xml:space="preserve">阻嚇販賣人口措施關注委員會</t>
           </r>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
+            <t xml:space="preserve">澳門兵營斜巷</t>
           </r>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8800 1691</t>
+            <t xml:space="preserve">24小時舉報及求助熱線：（853）2888 9911 
+ 辦公室電話：（853）8799 7102</t>
           </r>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8800 6360</t>
+            <t xml:space="preserve">（853）2871 5008</t>
           </r>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">ospj@pj.gov.mo</t>
+            <t xml:space="preserve">info@anti-tip.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.anti-tip.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：薛仲明
-行政管理委員會副主席：岑錦榮
+            <t xml:space="preserve">協調員：林燕生
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">消防局福利會</t>
+            <t xml:space="preserve">社會文化司</t>
           </r>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門何鴻燊博士大馬路</t>
+            <t xml:space="preserve">澳門風順堂街28號政府總部2樓</t>
           </r>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 6886 </t>
           </r>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 7594 </t>
           </r>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.gsasc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：王健
-行政管理委員會副主席：張智宏
+            <t xml:space="preserve">司長：柯嵐
+辦公室主任：林媛
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">阻嚇販賣人口措施關注委員會</t>
+            <t xml:space="preserve">社會文化司司長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門兵營斜巷</t>
+            <t xml:space="preserve">澳門風順堂街28號政府總部2樓</t>
           </r>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">24小時舉報及求助熱線：（853）2888 9911 
- 辦公室電話：（853）8799 7102</t>
+            <t xml:space="preserve">（853）2872 6886 </t>
           </r>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 5008</t>
+            <t xml:space="preserve">（853）2872 7594 </t>
           </r>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@anti-tip.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.anti-tip.gov.mo</t>
+            <t xml:space="preserve">http://www.gsasc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">協調員：林燕生
+            <t xml:space="preserve">社會文化司司長：柯嵐
+辦公室主任：林媛
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">社會文化司</t>
+            <t xml:space="preserve">教育及青年發展局</t>
           </r>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門風順堂街28號政府總部2樓</t>
+            <t xml:space="preserve">澳門約翰四世大馬路7-9號1樓</t>
           </r>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 6886 </t>
+            <t xml:space="preserve">（853）2855 5533</t>
           </r>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 7594 </t>
+            <t xml:space="preserve">（853）2871 1294</t>
           </r>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">webmaster@dsedj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.gsasc.gov.mo</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H85" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="H87" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：龔志明
 副局長：丁少雄
 副局長：阮佩賢
 副局長：黃嘉祺
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">教育宣傳及公關中心</t>
+          </r>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門約翰四世大馬路7-9號1樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2855 5533</t>
+          </r>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 1294</t>
+          </r>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">德育中心</t>
+          </r>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門祐漢看台街 313號翡翠廣場 3樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2840 3200</t>
+          </r>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2840 3440</t>
+          </r>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cem</t>
+          </r>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="88" spans="1:8">
       <c r="A88" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">教育宣傳及公關中心</t>
+            <t xml:space="preserve">教育資源中心</t>
           </r>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門約翰四世大馬路7-9號1樓</t>
+            <t xml:space="preserve">澳門南灣大馬路926號</t>
           </r>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 5533</t>
+            <t xml:space="preserve">（853）8395 9200</t>
           </r>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 1294</t>
+            <t xml:space="preserve">（853）2837 0448, （853）8395 9131</t>
           </r>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cre</t>
           </r>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">德育中心</t>
+            <t xml:space="preserve">教育心理輔導及特殊教育中心</t>
           </r>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門祐漢看台街 313號翡翠廣場 3樓</t>
+            <t xml:space="preserve">澳門美麗街31號2樓及4樓</t>
           </r>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 3200</t>
+            <t xml:space="preserve">（853）2840 1010</t>
           </r>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 3440</t>
+            <t xml:space="preserve">（853）2840 0801，（853）2835 5210</t>
           </r>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cem</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/capee</t>
           </r>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">教育資源中心</t>
+            <t xml:space="preserve">語言推廣中心</t>
           </r>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路926號</t>
+            <t xml:space="preserve">澳門美麗街31號3樓</t>
           </r>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8395 9200</t>
+            <t xml:space="preserve">（853）2840 0211</t>
           </r>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2837 0448, （853）8395 9131</t>
+            <t xml:space="preserve">（853）2840 0615</t>
           </r>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cre</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cdl</t>
           </r>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">教育心理輔導及特殊教育中心</t>
+            <t xml:space="preserve">親職教育中心</t>
           </r>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門美麗街31號2樓及4樓</t>
+            <t xml:space="preserve">澳門氹仔布拉干薩街濠景花園24 - 26座地下</t>
           </r>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 1010</t>
+            <t xml:space="preserve">（853）2884 1284</t>
           </r>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 0801，（853）2835 5210</t>
+            <t xml:space="preserve">（853）2884 1290</t>
           </r>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/capee</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cep</t>
           </r>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">語言推廣中心</t>
+            <t xml:space="preserve">青年試館</t>
           </r>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門美麗街31號3樓</t>
+            <t xml:space="preserve">澳門高偉樂街（塔石體育館）</t>
           </r>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 0211</t>
+            <t xml:space="preserve">（853）2833 2084</t>
           </r>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 0615</t>
+            <t xml:space="preserve">（853）2853 0418</t>
           </r>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cdl</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cej.php</t>
           </r>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">親職教育中心</t>
+            <t xml:space="preserve">外港活動中心</t>
           </r>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔布拉干薩街濠景花園24 - 26座地下</t>
+            <t xml:space="preserve">澳門新口岸畢仕達大馬路綜藝館第2座</t>
           </r>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2884 1284</t>
+            <t xml:space="preserve">（853）2870 1385，（853）2870 1386</t>
           </r>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2884 1290</t>
+            <t xml:space="preserve">（853）2870 1387</t>
           </r>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cep</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cape.php</t>
           </r>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">青年試館</t>
+            <t xml:space="preserve">駿菁活動中心</t>
           </r>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門高偉樂街（塔石體育館）</t>
+            <t xml:space="preserve">澳門順景廣場（近馬場東大馬路）</t>
           </r>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2833 2084</t>
+            <t xml:space="preserve">（853）2842 5110, （853）2842 5112</t>
           </r>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0418</t>
+            <t xml:space="preserve">（853）2842 5900</t>
           </r>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cej.php</t>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cabh.php</t>
           </r>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">外港活動中心</t>
+            <t xml:space="preserve">中葡職業技術學校</t>
           </r>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸畢仕達大馬路綜藝館第2座</t>
+            <t xml:space="preserve">澳門黑沙環勞動節街</t>
           </r>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2870 1385，（853）2870 1386</t>
+            <t xml:space="preserve">（853）2845 6071</t>
           </r>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2870 1387</t>
+            <t xml:space="preserve">（853）2845 6070</t>
           </r>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cape.php</t>
+            <t xml:space="preserve">http://www.elctp.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">駿菁活動中心</t>
+            <t xml:space="preserve">高美士中葡中學</t>
           </r>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門順景廣場（近馬場東大馬路）</t>
+            <t xml:space="preserve">澳門士多鳥拜斯大馬路</t>
           </r>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2842 5110, （853）2842 5112</t>
+            <t xml:space="preserve">（853）2833 1093</t>
           </r>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2842 5900</t>
+            <t xml:space="preserve">（853）2852 3208</t>
           </r>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/cj/index-cabh.php</t>
+            <t xml:space="preserve">http://www.eslc.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中葡職業技術學校</t>
+            <t xml:space="preserve">鄭觀應公立學校</t>
           </r>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環勞動節街</t>
+            <t xml:space="preserve">澳門台山菜園涌邊街</t>
           </r>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 6071</t>
+            <t xml:space="preserve">（853）2823 6394, （853）2823 7204</t>
           </r>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 6070</t>
+            <t xml:space="preserve">（853）2823 6390</t>
           </r>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.elctp.k12.edu.mo</t>
+            <t xml:space="preserve">http://www.eozgy.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">高美士中葡中學</t>
+            <t xml:space="preserve">二龍喉公立學校</t>
           </r>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門士多鳥拜斯大馬路</t>
+            <t xml:space="preserve">澳門山洞巷二龍喉公園</t>
           </r>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2833 1093</t>
+            <t xml:space="preserve">（853）2852 4492、（853）2852 4493</t>
           </r>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 3208</t>
+            <t xml:space="preserve">（853）28524516</t>
           </r>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.eslc.k12.edu.mo</t>
+            <t xml:space="preserve">https://www.eof.k12.edu.mo/</t>
           </r>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">鄭觀應公立學校</t>
+            <t xml:space="preserve">氹仔中葡學校</t>
           </r>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門台山菜園涌邊街</t>
+            <t xml:space="preserve">澳門氹仔巴波沙總督前地</t>
           </r>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2823 6394, （853）2823 7204</t>
+            <t xml:space="preserve">（853）2882 7822,（853）2882 7774, （853）2882 7778</t>
           </r>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2823 6390</t>
+            <t xml:space="preserve">（853）2882 7784</t>
           </r>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.eozgy.k12.edu.mo</t>
+            <t xml:space="preserve">http://www.lct.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">二龍喉公立學校</t>
+            <t xml:space="preserve">何東中葡小學</t>
           </r>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門山洞巷二龍喉公園</t>
+            <t xml:space="preserve">澳門得勝馬路</t>
           </r>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 4492、（853）2852 4493</t>
+            <t xml:space="preserve">（853）2857 3035, （853）2858 7233</t>
           </r>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）28524516</t>
+            <t xml:space="preserve">（853）2853 0773</t>
           </r>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.eof.k12.edu.mo/</t>
+            <t xml:space="preserve">http://www.lcht.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔中葡學校</t>
+            <t xml:space="preserve">石排灣公立學校</t>
           </r>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔巴波沙總督前地</t>
+            <t xml:space="preserve">澳門路環石排灣蝴蝶谷大馬路CN6a地段</t>
           </r>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7822,（853）2882 7774, （853）2882 7778</t>
+            <t xml:space="preserve">（853）2831 4031, （853）8599 8599</t>
           </r>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7784</t>
+            <t xml:space="preserve">（853）2893 8136</t>
           </r>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.lct.k12.edu.mo</t>
+            <t xml:space="preserve">http://www.eospv.k12.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">何東中葡小學</t>
+            <t xml:space="preserve">文化局</t>
           </r>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門得勝馬路</t>
+            <t xml:space="preserve">澳門塔石廣場文化局大樓</t>
           </r>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 3035, （853）2858 7233</t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0773</t>
+            <t xml:space="preserve">（853）2836 6899</t>
           </r>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.lcht.k12.edu.mo</t>
+            <t xml:space="preserve">http://www.icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...101 lines deleted...]
-      <c r="H104" t="inlineStr">
+      <c r="H102" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：梁惠敏
 副局長：鄭繼明
 副局長：蔡健龍
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:8">
-      <c r="A105" t="inlineStr">
+    <row r="103" spans="1:8">
+      <c r="A103" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門演藝學院</t>
           </r>
         </is>
       </c>
-      <c r="B105" t="inlineStr">
+      <c r="B103" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門演藝學院：澳門高士德大馬路14-16號
 舞蹈學校︰澳門路環紅荷路108號政府（路環）辦公大樓6樓
 音樂學校︰澳門和隆街35號（望德堂對面）
 戲劇學校：澳門友誼大馬路海景花園新安花園87 號U</t>
           </r>
         </is>
       </c>
-      <c r="C105" t="inlineStr">
+      <c r="C103" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門演藝學院：（853）2857 1207 
 舞蹈學校：（853）2875 0562 
  音樂學校：（853）2835 2766 
 戲劇學校：（853）2870 1588</t>
           </r>
         </is>
       </c>
-      <c r="D105" t="inlineStr">
+      <c r="D103" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門演藝學院：（853）2852 3483 
 舞蹈學校：（853）2875 0568 
 音樂學校：（853）2835 2700 
 戲劇學校：（853）2870 1568</t>
           </r>
         </is>
       </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info.cm@icm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.cons.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門檔案館</t>
+          </r>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門荷蘭園大馬路91-93號</t>
+          </r>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2859 2919</t>
+          </r>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2856 1495</t>
+          </r>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info.ah@icm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.archives.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">公開映、演甄審委員會</t>
+          </r>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門塔石廣場文化局大樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 8399 6842, (853) 8399 6841</t>
+          </r>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 2836 6890</t>
+          </r>
+        </is>
+      </c>
       <c r="E105" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.cm@icm.gov.mo</t>
+            <t xml:space="preserve">info.cce@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.cons.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門檔案館</t>
+            <t xml:space="preserve">澳門中央圖書館</t>
           </r>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路91-93號</t>
+            <t xml:space="preserve">澳門荷蘭園大馬路89號A-B</t>
           </r>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 2919</t>
+            <t xml:space="preserve">（853）2856 7576, （853）2855 8049, （853）2837 1642</t>
           </r>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 1495</t>
+            <t xml:space="preserve">（853）2831 8756</t>
           </r>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.ah@icm.gov.mo</t>
+            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.archives.gov.mo </t>
+            <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">公開映、演甄審委員會</t>
+            <t xml:space="preserve">何東圖書館</t>
           </r>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門塔石廣場文化局大樓</t>
+            <t xml:space="preserve">澳門崗頂前地3號</t>
           </r>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 8399 6842, (853) 8399 6841</t>
+            <t xml:space="preserve">（853）2837 7117, （853）2893 0077, （853）2893 0966</t>
           </r>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2836 6890</t>
+            <t xml:space="preserve">（853）2831 4456</t>
           </r>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.cce@icm.gov.mo</t>
+            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門中央圖書館</t>
+            <t xml:space="preserve">下環圖書館</t>
           </r>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路89號A-B</t>
+            <t xml:space="preserve">澳門李加祿街下環街市3樓</t>
           </r>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 7576, （853）2855 8049, （853）2837 1642</t>
+            <t xml:space="preserve">（853）8294 7931</t>
           </r>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 8756</t>
+            <t xml:space="preserve">（853）8294 7944</t>
           </r>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">何東圖書館</t>
+            <t xml:space="preserve">青洲坊圖書館</t>
           </r>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門崗頂前地3號</t>
+            <t xml:space="preserve">澳門李寶椿街122號青洲坊大廈第二座1樓B</t>
           </r>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2837 7117, （853）2893 0077, （853）2893 0966</t>
+            <t xml:space="preserve">（853）2882 7101</t>
           </r>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 4456</t>
+            <t xml:space="preserve">（853）2882 7102</t>
           </r>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">下環圖書館</t>
+            <t xml:space="preserve">紅街市圖書館</t>
           </r>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門李加祿街下環街市3樓</t>
+            <t xml:space="preserve">澳門雅廉訪大馬路147號地下</t>
           </r>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8294 7931</t>
+            <t xml:space="preserve">（853）2821 7348</t>
           </r>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8294 7944</t>
+            <t xml:space="preserve">（853）2821 7099</t>
           </r>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve"> inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">青洲坊圖書館</t>
+            <t xml:space="preserve">紀念孫中山公園黃營均圖書館</t>
           </r>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門李寶椿街122號青洲坊大廈第二座1樓B</t>
+            <t xml:space="preserve">澳門何賢紳士大馬路紀念孫中山市政公園</t>
           </r>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7101</t>
+            <t xml:space="preserve">（853）2855 9020</t>
           </r>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7102</t>
+            <t xml:space="preserve">（853）2855 9021</t>
           </r>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve"> inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">紅街市圖書館</t>
+            <t xml:space="preserve">白鴿巢公園黃營均圖書館</t>
           </r>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門雅廉訪大馬路147號地下</t>
+            <t xml:space="preserve">澳門白鴿巢前地白鴿巢公園</t>
           </r>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2821 7348</t>
+            <t xml:space="preserve">（853）2895 3079</t>
           </r>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2821 7099</t>
+            <t xml:space="preserve">（853）2895 3305</t>
           </r>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"> inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">紀念孫中山公園黃營均圖書館</t>
+            <t xml:space="preserve">黑沙環公園黃營均圖書館</t>
           </r>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門何賢紳士大馬路紀念孫中山市政公園</t>
+            <t xml:space="preserve">澳門黑沙環勞動節大馬路黑沙環公園(南)</t>
           </r>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 9020</t>
+            <t xml:space="preserve">（853）2845 1830</t>
           </r>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 9021</t>
+            <t xml:space="preserve">（853）2845 0353</t>
           </r>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"> inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">白鴿巢公園黃營均圖書館</t>
+            <t xml:space="preserve">黑沙環公園黃營均兒童圖書館</t>
           </r>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門白鴿巢前地白鴿巢公園</t>
+            <t xml:space="preserve">澳門黑沙環勞動節大馬路黑沙環公園(北)</t>
           </r>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2895 3079</t>
+            <t xml:space="preserve">（853）2843 7077</t>
           </r>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2895 3305</t>
+            <t xml:space="preserve">（853）2845 0353</t>
           </r>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">黑沙環公園黃營均圖書館</t>
+            <t xml:space="preserve">望廈圖書館</t>
           </r>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環勞動節大馬路黑沙環公園(南)</t>
+            <t xml:space="preserve">澳門慕拉士大馬路178-182號望廈社屋望善樓3樓B3</t>
           </r>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 1830</t>
+            <t xml:space="preserve">（853）2831 7288</t>
           </r>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 0353</t>
+            <t xml:space="preserve">（853）2848 1963</t>
           </r>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">黑沙環公園黃營均兒童圖書館</t>
+            <t xml:space="preserve">何賢公園圖書館</t>
           </r>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環勞動節大馬路黑沙環公園(北)</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場何賢公園</t>
           </r>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2843 7077</t>
+            <t xml:space="preserve">（853）2870 6940</t>
           </r>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 0353</t>
+            <t xml:space="preserve">（853）2870 6939</t>
           </r>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">望廈圖書館</t>
+            <t xml:space="preserve">氹仔圖書館</t>
           </r>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門慕拉士大馬路178-182號望廈社屋望善樓3樓B3</t>
+            <t xml:space="preserve">澳門氹仔成都街中央公園地庫1層</t>
           </r>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 7288</t>
+            <t xml:space="preserve">（853）2884 3105, （853）2884 3172</t>
           </r>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2848 1963</t>
+            <t xml:space="preserve">（853）2884 3607</t>
           </r>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">何賢公園圖書館</t>
+            <t xml:space="preserve">路環圖書館</t>
           </r>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場何賢公園</t>
+            <t xml:space="preserve">澳門路環十月初五馬路</t>
           </r>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2870 6940</t>
+            <t xml:space="preserve">（853）2888 2254</t>
           </r>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2870 6939</t>
+            <t xml:space="preserve">（853）2888 2254</t>
           </r>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔圖書館</t>
+            <t xml:space="preserve">議事亭藏書樓</t>
           </r>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔成都街中央公園地庫1層</t>
+            <t xml:space="preserve">澳門亞美打利庇盧大馬路（新馬路）163 號市政署大樓</t>
           </r>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2884 3105, （853）2884 3172</t>
+            <t xml:space="preserve">（853）2857 2233</t>
           </r>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2884 3607</t>
+            <t xml:space="preserve">（853）2831 2772</t>
           </r>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">路環圖書館</t>
+            <t xml:space="preserve">沙梨頭圖書館</t>
           </r>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環十月初五馬路</t>
+            <t xml:space="preserve">澳門沙梨頭海邊街69至81號</t>
           </r>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2254</t>
+            <t xml:space="preserve">（853）2825 9220, （853）2825 9221</t>
           </r>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2254</t>
+            <t xml:space="preserve">（853）2825 0161</t>
           </r>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">議事亭藏書樓</t>
+            <t xml:space="preserve">石排灣圖書館</t>
           </r>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門亞美打利庇盧大馬路（新馬路）163 號市政署大樓</t>
+            <t xml:space="preserve">澳門路環蝴蝶谷大馬路石排灣社區綜合大樓6樓</t>
           </r>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 2233</t>
+            <t xml:space="preserve">（853）2826 1631,（853）2826 1633</t>
           </r>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 2772</t>
+            <t xml:space="preserve">（853）2826 1635</t>
           </r>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">inf.bp@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.library.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">沙梨頭圖書館</t>
+            <t xml:space="preserve">澳門文化中心</t>
           </r>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門沙梨頭海邊街69至81號</t>
+            <t xml:space="preserve">澳門新口岸新填海區冼星海大馬路澳門文化中心</t>
           </r>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2825 9220, （853）2825 9221</t>
+            <t xml:space="preserve">（853）2870 0699</t>
           </r>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2825 0161</t>
+            <t xml:space="preserve">（853）2875 1395</t>
           </r>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve">enquiry@ccm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.library.gov.mo</t>
+            <t xml:space="preserve">http://www.ccm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">石排灣圖書館</t>
+            <t xml:space="preserve">澳門博物館</t>
           </r>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環蝴蝶谷大馬路石排灣社區綜合大樓6樓</t>
+            <t xml:space="preserve">澳門博物館前地112號</t>
           </r>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2826 1631,（853）2826 1633</t>
+            <t xml:space="preserve">（853）2835 7911 </t>
           </r>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2826 1635</t>
+            <t xml:space="preserve">（853）2835 8503 </t>
           </r>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">inf.bp@icm.gov.mo</t>
+            <t xml:space="preserve">info.mm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.library.gov.mo</t>
+            <t xml:space="preserve">http://www.macaumuseum.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門文化中心</t>
+            <t xml:space="preserve">觀音蓮花苑</t>
           </r>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸新填海區冼星海大馬路澳門文化中心</t>
+            <t xml:space="preserve">澳門孫逸仙大馬路</t>
           </r>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2870 0699</t>
+            <t xml:space="preserve">（853）2875 1516</t>
           </r>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 1395</t>
+            <t xml:space="preserve">（853）2875 1317</t>
           </r>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">enquiry@ccm.gov.mo</t>
+            <t xml:space="preserve">MAM@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.ccm.gov.mo</t>
+            <t xml:space="preserve">https://www.icm.gov.mo/cn/KunIamEcumenical</t>
           </r>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門博物館</t>
+            <t xml:space="preserve">典當業展示館</t>
           </r>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門博物館前地112號</t>
+            <t xml:space="preserve">澳門亞美打利庇盧大馬路（新馬路）396號</t>
           </r>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 7911 </t>
+            <t xml:space="preserve">（853）8988 4027</t>
           </r>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 8503 </t>
+            <t xml:space="preserve">（853）2832 2127</t>
           </r>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.mm@icm.gov.mo</t>
+            <t xml:space="preserve">info.dm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.macaumuseum.gov.mo </t>
+            <t xml:space="preserve">http://www4.icm.gov.mo/pawnshop/PawnTrdChi.html</t>
           </r>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">觀音蓮花苑</t>
+            <t xml:space="preserve">澳門藝術博物館</t>
           </r>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門孫逸仙大馬路</t>
+            <t xml:space="preserve">澳門新口岸冼星海大馬路</t>
           </r>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 1516</t>
+            <t xml:space="preserve">（853）8791 9814</t>
           </r>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2875 1317</t>
           </r>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">MAM@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.icm.gov.mo/cn/KunIamEcumenical</t>
+            <t xml:space="preserve">http://www.mam.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">典當業展示館</t>
+            <t xml:space="preserve">澳門回歸賀禮陳列館</t>
           </r>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門亞美打利庇盧大馬路（新馬路）396號</t>
+            <t xml:space="preserve">澳門新口岸冼星海大馬路 </t>
           </r>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 4027</t>
+            <t xml:space="preserve">（853）8504 1800 </t>
           </r>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2127</t>
+            <t xml:space="preserve">（853）8791 9815</t>
           </r>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.dm@icm.gov.mo</t>
+            <t xml:space="preserve">MAM@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www4.icm.gov.mo/pawnshop/PawnTrdChi.html</t>
+            <t xml:space="preserve">http://www.icm.gov.mo/handovermuseum </t>
           </r>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門藝術博物館</t>
+            <t xml:space="preserve">龍環葡韻</t>
           </r>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸冼星海大馬路</t>
+            <t xml:space="preserve">澳門氹仔海邊馬路</t>
           </r>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8791 9814</t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 1317</t>
+            <t xml:space="preserve">（853）2836 6899</t>
           </r>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">MAM@icm.gov.mo</t>
+            <t xml:space="preserve">info.dpicc@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.mam.gov.mo</t>
+            <t xml:space="preserve">https://www.icm.gov.mo/cn/housesmuseum/</t>
           </r>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門回歸賀禮陳列館</t>
+            <t xml:space="preserve">路氹歷史館</t>
           </r>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸冼星海大馬路 </t>
+            <t xml:space="preserve">澳門氹仔告利雅施利華街</t>
           </r>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8504 1800 </t>
+            <t xml:space="preserve">（853）8988 4000, （853）2882 5631</t>
           </r>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8791 9815</t>
+            <t xml:space="preserve">（853）2832 2127</t>
           </r>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">MAM@icm.gov.mo</t>
+            <t xml:space="preserve">info.dm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.icm.gov.mo/handovermuseum </t>
+            <t xml:space="preserve">http://www4.icm.gov.mo/cotaimuseum </t>
           </r>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">龍環葡韻</t>
+            <t xml:space="preserve">塔石藝文館</t>
           </r>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔海邊馬路</t>
+            <t xml:space="preserve">澳門荷蘭園大馬路95號</t>
           </r>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6866</t>
+            <t xml:space="preserve">（853）8988 4000</t>
           </r>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6899</t>
+            <t xml:space="preserve">（853）2832 2031</t>
           </r>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.dpicc@icm.gov.mo</t>
+            <t xml:space="preserve">info.ddav@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.icm.gov.mo/cn/housesmuseum/</t>
+            <t xml:space="preserve">http://www.icm.gov.mo/TS/</t>
           </r>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">路氹歷史館</t>
+            <t xml:space="preserve">戀愛‧電影館</t>
           </r>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔告利雅施利華街</t>
+            <t xml:space="preserve">澳門戀愛巷9-13號</t>
           </r>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 4000, （853）2882 5631</t>
+            <t xml:space="preserve">（853）2852 2585</t>
           </r>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2127</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.dm@icm.gov.mo</t>
+            <t xml:space="preserve">cinematheque.passion@gmail.com</t>
           </r>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www4.icm.gov.mo/cotaimuseum </t>
+            <t xml:space="preserve">http://www.cinematheque-passion.mo</t>
           </r>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">塔石藝文館</t>
+            <t xml:space="preserve">饒宗頤學藝館</t>
           </r>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路95號</t>
+            <t xml:space="preserve">澳門荷蘭園大馬路95號C-D座</t>
           </r>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 4000</t>
+            <t xml:space="preserve">（853）2852 2523</t>
           </r>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2031</t>
+            <t xml:space="preserve">（853）2852 2536</t>
           </r>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.ddav@icm.gov.mo</t>
+            <t xml:space="preserve">ajti@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.icm.gov.mo/TS/</t>
+            <t xml:space="preserve">http://www.ajti.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">戀愛‧電影館</t>
+            <t xml:space="preserve">冼星海紀念館</t>
           </r>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門戀愛巷9-13號</t>
+            <t xml:space="preserve">澳門俾利喇街151-153號</t>
           </r>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 2585</t>
+            <t xml:space="preserve">（853）2845 0062,（853）8988 4000</t>
           </r>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2832 2127</t>
           </r>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cinematheque.passion@gmail.com</t>
+            <t xml:space="preserve">info.dm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.cinematheque-passion.mo</t>
+            <t xml:space="preserve">https://www.icm.gov.mo/cn/XianXingHai</t>
           </r>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">饒宗頤學藝館</t>
+            <t xml:space="preserve">葉挺將軍故居</t>
           </r>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路95號C-D座</t>
+            <t xml:space="preserve">澳門賈伯樂提督街76號</t>
           </r>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 2523</t>
+            <t xml:space="preserve">（853）2835 7911</t>
           </r>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 2536</t>
+            <t xml:space="preserve">（853）2835 8503</t>
           </r>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">ajti@icm.gov.mo</t>
+            <t xml:space="preserve">info.mm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.ajti.gov.mo </t>
+            <t xml:space="preserve">https://www.macaumuseum.gov.mo/visit/ye-ting</t>
           </r>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">冼星海紀念館</t>
+            <t xml:space="preserve">崗頂劇院</t>
           </r>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門俾利喇街151-153號</t>
+            <t xml:space="preserve">澳門崗頂前地 11號</t>
           </r>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 0062,（853）8988 4000</t>
+            <t xml:space="preserve">（853）8590 4203</t>
           </r>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2127</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.dm@icm.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.icm.gov.mo/cn/XianXingHai</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">葉挺將軍故居</t>
+            <t xml:space="preserve">盧家大屋</t>
           </r>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門賈伯樂提督街76號</t>
+            <t xml:space="preserve">澳門大堂巷7號</t>
           </r>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 7911</t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 8503</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.mm@icm.gov.mo</t>
+            <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.macaumuseum.gov.mo/visit/ye-ting</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">崗頂劇院</t>
+            <t xml:space="preserve">鄭家大屋</t>
           </r>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門崗頂前地 11號</t>
+            <t xml:space="preserve">澳門龍頭左巷10號（阿婆井前地對面）</t>
           </r>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8590 4203</t>
+            <t xml:space="preserve">（853）2896 8820</t>
           </r>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2896 8810</t>
           </r>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">盧家大屋</t>
+            <t xml:space="preserve">東望洋炮台詢問處</t>
           </r>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門大堂巷7號</t>
+            <t xml:space="preserve">澳門松山馬路東望洋炮台</t>
           </r>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">鄭家大屋</t>
+            <t xml:space="preserve">聖母雪地殿教堂</t>
           </r>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門龍頭左巷10號（阿婆井前地對面）</t>
+            <t xml:space="preserve">澳門東望洋炮台內</t>
           </r>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2896 8820</t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2896 8810</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">東望洋炮台詢問處</t>
+            <t xml:space="preserve">澳門當代藝術中心．海事工房1號</t>
           </r>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門松山馬路東望洋炮台</t>
+            <t xml:space="preserve">澳門媽閣上街</t>
           </r>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6866</t>
+            <t xml:space="preserve">（853）8988 4000 </t>
           </r>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2832 2031</t>
           </r>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">webmaster@icm.gov.mo</t>
+            <t xml:space="preserve">info.ddav@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.icm.gov.mo/cn/NavyYardNo.1</t>
           </r>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">聖母雪地殿教堂</t>
+            <t xml:space="preserve">澳門當代藝術中心．海事工房2號</t>
           </r>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門東望洋炮台內</t>
+            <t xml:space="preserve">澳門媽閣上街</t>
           </r>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6866</t>
+            <t xml:space="preserve">(853) 2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">webmaster@icm.gov.mo</t>
+            <t xml:space="preserve">navyyard2@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.icm.gov.mo/cn/NavyYardNo.2</t>
           </r>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門當代藝術中心．海事工房1號</t>
+            <t xml:space="preserve">南灣．雅文湖畔</t>
           </r>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門媽閣上街</t>
+            <t xml:space="preserve">澳門南灣湖景大馬路南灣湖廣場</t>
           </r>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 4000 </t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2031</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.ddav@icm.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.icm.gov.mo/cn/NavyYardNo.1</t>
+            <t xml:space="preserve">http://www.macaucci.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門當代藝術中心．海事工房2號</t>
+            <t xml:space="preserve">沙梨頭更館</t>
           </r>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門媽閣上街</t>
+            <t xml:space="preserve">澳門麻子街52-54號</t>
           </r>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2836 6866</t>
+            <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">navyyard2@icm.gov.mo</t>
+            <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.icm.gov.mo/cn/NavyYardNo.2</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">南灣．雅文湖畔</t>
+            <t xml:space="preserve">聖保祿學院天主之母教堂遺址</t>
           </r>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣湖景大馬路南灣湖廣場</t>
+            <t xml:space="preserve">澳門耶穌會紀念廣場</t>
           </r>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.macaucci.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">沙梨頭更館</t>
+            <t xml:space="preserve">大三巴哪咤展館</t>
           </r>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門麻子街52-54號</t>
+            <t xml:space="preserve">澳門茨林圍六號</t>
           </r>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">聖保祿學院天主之母教堂遺址</t>
+            <t xml:space="preserve">澳門文學館</t>
           </r>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門耶穌會紀念廣場</t>
+            <t xml:space="preserve">澳門荷蘭園大馬路95號A-B座</t>
           </r>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6866</t>
+            <t xml:space="preserve">（853）2872 8205,（853）2876 5005</t>
           </r>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">webmaster@icm.gov.mo</t>
+            <t xml:space="preserve">clm@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.clm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">大三巴哪咤展館</t>
+            <t xml:space="preserve">澳門故宮文化遺產保護傳承中心</t>
           </r>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門茨林圍六號</t>
+            <t xml:space="preserve">澳門新口岸冼星海大馬路澳門藝術博物館零層</t>
           </r>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 6866</t>
           </r>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">webmaster@icm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.ccm.gov.mo/venue/75123</t>
           </r>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門文學館</t>
+            <t xml:space="preserve">體育局</t>
           </r>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路95號A-B座</t>
+            <t xml:space="preserve">澳門羅理基博士大馬路818號</t>
           </r>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 8205,（853）2876 5005</t>
+            <t xml:space="preserve">（853）2858 0762 </t>
           </r>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2834 3708 </t>
           </r>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">clm@icm.gov.mo</t>
+            <t xml:space="preserve">info@sport.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.clm.gov.mo</t>
+            <t xml:space="preserve">http://www.sport.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門郵政信箱334號</t>
+          </r>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">代局長：李詩靈
+副局長：莫子恆
+副局長：---
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門故宮文化遺產保護傳承中心</t>
+            <t xml:space="preserve">衛生局</t>
           </r>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸冼星海大馬路澳門藝術博物館零層</t>
+            <t xml:space="preserve">澳門東望洋新街 339號 衛生局行政樓</t>
           </r>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 6866</t>
+            <t xml:space="preserve">（853）2831 3731</t>
           </r>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2871 3105</t>
           </r>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">webmaster@icm.gov.mo</t>
+            <t xml:space="preserve">info@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.ccm.gov.mo/venue/75123</t>
+            <t xml:space="preserve">http://www.ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...111 lines deleted...]
-      <c r="H151" t="inlineStr">
+      <c r="H149" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：羅奕龍
 副局長：鄭成業
 副局長：陳永華
 代副局長：戴華浩（仁伯爵綜合醫院代院長）
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">仁伯爵綜合醫院</t>
+          </r>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門若憲馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2831 3731 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 6818 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">guadmin@ssm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.ssm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">醫學專科學院</t>
+          </r>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門宋玉生廣場411-417號皇朝廣場2樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2822 8464</t>
+          </r>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 7807</t>
+          </r>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">mam@ssm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.am.gov.mo/</t>
+          </r>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="152" spans="1:8">
       <c r="A152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">仁伯爵綜合醫院</t>
+            <t xml:space="preserve">筷子基衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門若憲馬路</t>
+            <t xml:space="preserve">澳門沙梨頭海邊大馬路929號</t>
           </r>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 3731 </t>
+            <t xml:space="preserve">（853）2856 2922 </t>
           </r>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2834 6818 </t>
+            <t xml:space="preserve">（853）2826 0630 </t>
           </r>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">guadmin@ssm.gov.mo</t>
+            <t xml:space="preserve">csfck@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.ssm.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">醫學專科學院</t>
+            <t xml:space="preserve">黑沙環衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門宋玉生廣場411-417號皇朝廣場2樓</t>
+            <t xml:space="preserve">澳門黑沙環中街18地段</t>
           </r>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2822 8464</t>
+            <t xml:space="preserve">（853）2841 3178 </t>
           </r>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 7807</t>
+            <t xml:space="preserve">（853）2840 0517</t>
           </r>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">mam@ssm.gov.mo</t>
+            <t xml:space="preserve">csap@ssm.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.am.gov.mo/</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">筷子基衛生中心</t>
+            <t xml:space="preserve">塔石衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門沙梨頭海邊大馬路929號</t>
+            <t xml:space="preserve">澳門荷蘭園大馬路</t>
           </r>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 2922 </t>
+            <t xml:space="preserve">（853）2852 2232 </t>
           </r>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2826 0630 </t>
+            <t xml:space="preserve">（853）2856 8872 </t>
           </r>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csfck@ssm.gov.mo</t>
+            <t xml:space="preserve">csts@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">黑沙環衛生中心</t>
+            <t xml:space="preserve">海傍衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環中街18地段</t>
+            <t xml:space="preserve">澳門貢士旦甸奴街11號</t>
           </r>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2841 3178 </t>
+            <t xml:space="preserve">（853）2892 0024</t>
           </r>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 0517</t>
+            <t xml:space="preserve">（853）2892 3196 </t>
           </r>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csap@ssm.gov.mo </t>
+            <t xml:space="preserve">cspi@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">塔石衛生中心</t>
+            <t xml:space="preserve">青洲衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園大馬路</t>
+            <t xml:space="preserve">澳門青洲新街青怡大廈第一座地下</t>
           </r>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 2232 </t>
+            <t xml:space="preserve">（853）2831 0033</t>
           </r>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2856 8872 </t>
+            <t xml:space="preserve"> （853）2831 0371</t>
           </r>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csts@ssm.gov.mo</t>
+            <t xml:space="preserve">csiv@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海傍衛生中心</t>
+            <t xml:space="preserve">下環衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門貢士旦甸奴街11號</t>
+            <t xml:space="preserve">澳門下環街,下環街社會服務綜合大樓</t>
           </r>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2892 0024</t>
+            <t xml:space="preserve">（853）2831 3418</t>
           </r>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2892 3196 </t>
+            <t xml:space="preserve">（853）2897 5198</t>
           </r>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cspi@ssm.gov.mo</t>
+            <t xml:space="preserve">cspm@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">青洲衛生中心</t>
+            <t xml:space="preserve">海洋花園衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲新街青怡大廈第一座地下</t>
+            <t xml:space="preserve">澳門氹仔海洋花園大馬路</t>
           </r>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 0033</t>
+            <t xml:space="preserve">（853）2881 3089</t>
           </r>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"> （853）2831 0371</t>
+            <t xml:space="preserve">（853）2881 3093</t>
           </r>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csiv@ssm.gov.mo</t>
+            <t xml:space="preserve">cstaipa@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">下環衛生中心</t>
+            <t xml:space="preserve">湖畔嘉模衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門下環街,下環街社會服務綜合大樓</t>
+            <t xml:space="preserve">澳門氹仔美副將馬路湖畔大廈1樓A區</t>
           </r>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 3418</t>
+            <t xml:space="preserve">（853）2850 0400</t>
           </r>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2897 5198</t>
+            <t xml:space="preserve">（853）2850 0398</t>
           </r>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cspm@ssm.gov.mo</t>
+            <t xml:space="preserve">csnscl@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海洋花園衛生中心</t>
+            <t xml:space="preserve">石排灣衛生中心</t>
           </r>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔海洋花園大馬路</t>
+            <t xml:space="preserve">澳門路環石排灣蝴蝶谷大馬路石排灣社會及衛生服務大樓地面層、一樓及二樓</t>
           </r>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2881 3089</t>
+            <t xml:space="preserve">(853) 2850 2001</t>
           </r>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2881 3093</t>
+            <t xml:space="preserve">(853) 2850 2004</t>
           </r>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cstaipa@ssm.gov.mo</t>
+            <t xml:space="preserve">cspv@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">湖畔嘉模衛生中心</t>
+            <t xml:space="preserve">新城Ａ區衛生站</t>
           </r>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔美副將馬路湖畔大廈1樓A區</t>
+            <t xml:space="preserve">澳門新城A區鏡海大馬路東創大廈一樓</t>
           </r>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2850 0400</t>
+            <t xml:space="preserve">（853）2883 3690</t>
           </r>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2850 0398</t>
+            <t xml:space="preserve">（853）2883 3694</t>
           </r>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csnscl@ssm.gov.mo</t>
+            <t xml:space="preserve">csza@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">石排灣衛生中心</t>
+            <t xml:space="preserve">氹仔老人保健站</t>
           </r>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環石排灣蝴蝶谷大馬路石排灣社會及衛生服務大樓地面層、一樓及二樓</t>
+            <t xml:space="preserve">澳門氹仔地堡街357M氹仔平民新村第九座地下</t>
           </r>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2850 2001</t>
+            <t xml:space="preserve">（853）2882 7667 </t>
           </r>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2850 2004</t>
+            <t xml:space="preserve">（853）2882 7669</t>
           </r>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cspv@ssm.gov.mo</t>
+            <t xml:space="preserve">csnscl@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔老人保健站</t>
+            <t xml:space="preserve">路環衛生站</t>
           </r>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔地堡街357M氹仔平民新村第九座地下</t>
+            <t xml:space="preserve">澳門路環恩尼斯總統前地</t>
           </r>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7667 </t>
+            <t xml:space="preserve">（853）2888 2176</t>
           </r>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7669</t>
+            <t xml:space="preserve">（853）2888 2142 </t>
           </r>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csnscl@ssm.gov.mo</t>
+            <t xml:space="preserve">cscl@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">路環衛生站</t>
+            <t xml:space="preserve">橫琴粵澳深度合作區澳門新街坊衛生站</t>
           </r>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環恩尼斯總統前地</t>
+            <t xml:space="preserve">橫琴粵澳深度合作區祥順路426號</t>
           </r>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2176</t>
+            <t xml:space="preserve">（853）6883 6068，+（86）17205946808</t>
           </r>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 2142 </t>
+            <t xml:space="preserve">+（86）7568826698</t>
           </r>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cscl@ssm.gov.mo</t>
+            <t xml:space="preserve">csnb@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">橫琴粵澳深度合作區澳門新街坊衛生站</t>
+            <t xml:space="preserve">公共衛生化驗所</t>
           </r>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">橫琴粵澳深度合作區祥順路426號</t>
+            <t xml:space="preserve">澳門白頭馬路8號公共衛生化驗所大樓</t>
           </r>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）6883 6068，+（86）17205946808</t>
+            <t xml:space="preserve">（853）2853 0160, （853）2853 2509</t>
           </r>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">+（86）7568826698</t>
+            <t xml:space="preserve">（853）2853 0294 </t>
           </r>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csnb@ssm.gov.mo</t>
+            <t xml:space="preserve">lsp@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">公共衛生化驗所</t>
+            <t xml:space="preserve">捐血中心</t>
           </r>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門白頭馬路8號公共衛生化驗所大樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場335-341號獲多利中心2樓</t>
           </r>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0160, （853）2853 2509</t>
+            <t xml:space="preserve">總機：（853）2828 6699（853）2875 2522&lt;br/&gt;  團體預約捐血/參觀服務電話：（853）6681 2224&lt;br/&gt;24小時電話錄音：（853）2875 2521</t>
           </r>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0294 </t>
+            <t xml:space="preserve">（853）2857 3976，（853）8791 4382</t>
           </r>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">lsp@ssm.gov.mo</t>
+            <t xml:space="preserve">cts@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.ssm.gov.mo/cts</t>
           </r>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">捐血中心</t>
+            <t xml:space="preserve">疾病預防及控制中心</t>
           </r>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場335-341號獲多利中心2樓</t>
+            <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓18樓</t>
           </r>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">總機：（853）2828 6699（853）2875 2522&lt;br/&gt;  團體預約捐血/參觀服務電話：（853）6681 2224&lt;br/&gt;24小時電話錄音：（853）2875 2521</t>
+            <t xml:space="preserve">總機：（853）2853 3525 
+ 傳染病熱線：（853）2870 0800</t>
           </r>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 3976，（853）8791 4382</t>
+            <t xml:space="preserve">（853）2853 3524</t>
           </r>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cts@ssm.gov.mo</t>
+            <t xml:space="preserve">info.cdc@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.ssm.gov.mo/cts</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">疾病預防及控制中心</t>
+            <t xml:space="preserve">防控煙酒辦公室</t>
           </r>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓18樓</t>
+            <t xml:space="preserve">澳門貨倉街35號，下環街社會服務綜合大樓三樓</t>
           </r>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">總機：（853）2853 3525 
- 傳染病熱線：（853）2870 0800</t>
+            <t xml:space="preserve">舉報及查詢熱線：（853）2855 6789 &lt;/br&gt;戒煙熱線：（853）2848 1238</t>
           </r>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 3524</t>
+            <t xml:space="preserve">（853）2871 6385</t>
           </r>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.cdc@ssm.gov.mo</t>
+            <t xml:space="preserve">gpcta@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">防控煙酒辦公室</t>
+            <t xml:space="preserve">醫務活動牌照處</t>
           </r>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門貨倉街35號，下環街社會服務綜合大樓三樓</t>
+            <t xml:space="preserve">澳門青洲新街青怡大廈第一座2樓（即青洲衛生中心現址）</t>
           </r>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">舉報及查詢熱線：（853）2855 6789 &lt;/br&gt;戒煙熱線：（853）2848 1238</t>
+            <t xml:space="preserve">（853）2871 3734, （853）2871 3735</t>
           </r>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 6385</t>
+            <t xml:space="preserve">（853）2871 2035</t>
           </r>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">gpcta@ssm.gov.mo</t>
+            <t xml:space="preserve">dl@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">醫務活動牌照處</t>
+            <t xml:space="preserve">護理專科委員會</t>
           </r>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲新街青怡大廈第一座2樓（即青洲衛生中心現址）</t>
+            <t xml:space="preserve">澳門若憲馬路仁伯爵綜合醫院內外科大樓 C1 層遠程醫療會診中心會議室旁</t>
           </r>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 3734, （853）2871 3735</t>
+            <t xml:space="preserve">（853）2883 1912</t>
           </r>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 2035</t>
+            <t xml:space="preserve">（853）2883 1913</t>
           </r>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">dl@ssm.gov.mo</t>
+            <t xml:space="preserve">cee@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.ssm.gov.mo/CEE</t>
           </r>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">護理專科委員會</t>
+            <t xml:space="preserve">藥物監督管理局</t>
           </r>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門若憲馬路仁伯爵綜合醫院內外科大樓 C1 層遠程醫療會診中心會議室旁</t>
+            <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓19樓</t>
           </r>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 1912</t>
+            <t xml:space="preserve">（853）2852 4708</t>
           </r>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 1913</t>
+            <t xml:space="preserve">（853）2883 1919</t>
           </r>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cee@ssm.gov.mo</t>
+            <t xml:space="preserve">info@isaf.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.ssm.gov.mo/CEE</t>
+            <t xml:space="preserve">https://www.isaf.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
-[...49 lines deleted...]
-          <r>
             <t xml:space="preserve">澳門郵政信箱3092號</t>
           </r>
         </is>
       </c>
-      <c r="H172" t="inlineStr">
+      <c r="H171" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：蔡炳祥
 副局長：吳國良
 副局長：李世恩
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:8">
-      <c r="A173" t="inlineStr">
+    <row r="172" spans="1:8">
+      <c r="A172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">離島醫療綜合體北京協和醫院澳門醫學中心</t>
           </r>
         </is>
       </c>
-      <c r="B173" t="inlineStr">
+      <c r="B172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門路氹區離島醫院大馬路北京協和醫院澳門醫學中心</t>
           </r>
         </is>
       </c>
-      <c r="C173" t="inlineStr">
-[...13 lines deleted...]
-      <c r="E173" t="inlineStr">
+      <c r="C172" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@cmm-pumch.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F173" t="inlineStr">
+      <c r="F172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.cmm-pumch.gov.mo/</t>
           </r>
         </is>
       </c>
-      <c r="G173" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H173" t="inlineStr">
+      <c r="G172" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">院長：劉正印
 副院長：李偉成
 副院長：李莉
 副院長：李君
 職位等同副院長級別的人員：柳曉輝
 職位等同副院長級別的人員：沈寧
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:8">
-      <c r="A174" t="inlineStr">
+    <row r="173" spans="1:8">
+      <c r="A173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">社會工作局</t>
           </r>
         </is>
       </c>
-      <c r="B174" t="inlineStr">
+      <c r="B173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門西墳馬路6號</t>
           </r>
         </is>
       </c>
-      <c r="C174" t="inlineStr">
+      <c r="C173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 7878</t>
           </r>
         </is>
       </c>
-      <c r="D174" t="inlineStr">
+      <c r="D173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2835 8573</t>
           </r>
         </is>
       </c>
-      <c r="E174" t="inlineStr">
+      <c r="E173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">pr@ias.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F174" t="inlineStr">
+      <c r="F173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.ias.gov.mo </t>
           </r>
         </is>
       </c>
-      <c r="G174" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H174" t="inlineStr">
+      <c r="G173" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：韓衛
 副局長：許華寶
 副局長：鄧玉華
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">中南區（沙梨頭）社會工作中心</t>
+          </r>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門提督馬路23-A號朗悅居1樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2858 0981</t>
+          </r>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2855 2889 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="175" spans="1:8">
       <c r="A175" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中南區（沙梨頭）社會工作中心</t>
+            <t xml:space="preserve">北區（台山）社會工作中心</t>
           </r>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門提督馬路23-A號朗悅居1樓</t>
+            <t xml:space="preserve">澳門台山新街1至15號利達新邨第二期2樓</t>
           </r>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2858 0981</t>
+            <t xml:space="preserve">（853）2859 6457</t>
           </r>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 2889 </t>
+            <t xml:space="preserve">（853）2855 2890</t>
           </r>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">北區（台山）社會工作中心</t>
+            <t xml:space="preserve">西北區（青洲）社會工作中心</t>
           </r>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門台山新街1至15號利達新邨第二期2樓</t>
+            <t xml:space="preserve">澳門蓮花廣場青洲坊大廈第一座2樓A</t>
           </r>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 6457</t>
+            <t xml:space="preserve">（853）2822 5744</t>
           </r>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 2890</t>
+            <t xml:space="preserve">（853）2822 5767</t>
           </r>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">西北區（青洲）社會工作中心</t>
+            <t xml:space="preserve">氹仔及路環社會工作中心</t>
           </r>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門蓮花廣場青洲坊大廈第一座2樓A</t>
+            <t xml:space="preserve">澳門路環和諧大馬路20號居雅大廈第四座柏苑地下</t>
           </r>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2822 5744</t>
+            <t xml:space="preserve">（853）2882 5077, （853）2882 5301</t>
           </r>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2822 5767</t>
+            <t xml:space="preserve">（853）2882 5508</t>
           </r>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔及路環社會工作中心</t>
+            <t xml:space="preserve">氹仔及路環社會工作中心（氹仔分站）</t>
           </r>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環和諧大馬路20號居雅大廈第四座柏苑地下</t>
+            <t xml:space="preserve">澳門氹仔地堡街泉福新邨第二期第五座地下AI</t>
           </r>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 5077, （853）2882 5301</t>
+            <t xml:space="preserve">（853）2882 7285</t>
           </r>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 5508</t>
+            <t xml:space="preserve">（853）2882 7763</t>
           </r>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">氹仔及路環社會工作中心（氹仔分站）</t>
+            <t xml:space="preserve">青洲災民中心</t>
           </r>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔地堡街泉福新邨第二期第五座地下AI</t>
+            <t xml:space="preserve">澳門青洲大馬路</t>
           </r>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7285</t>
+            <t xml:space="preserve">（853）2859 4471</t>
           </r>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 7763</t>
+            <t xml:space="preserve">（853）2822 6323</t>
           </r>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">青洲災民中心</t>
+            <t xml:space="preserve">康復服務綜合評估中心</t>
           </r>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲大馬路</t>
+            <t xml:space="preserve">澳門關閘馬路25號利達新邨第二期2樓</t>
           </r>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 4471</t>
+            <t xml:space="preserve">（853）2840 3927</t>
           </r>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2822 6323</t>
+            <t xml:space="preserve">（853）2840 3374</t>
           </r>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">康復服務綜合評估中心</t>
+            <t xml:space="preserve">健康生活教育園地</t>
           </r>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門關閘馬路25號利達新邨第二期2樓</t>
+            <t xml:space="preserve">澳門黑沙環新街577號御景灣地下</t>
           </r>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 3927</t>
+            <t xml:space="preserve">（853）2878 1718</t>
           </r>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2840 3374</t>
+            <t xml:space="preserve">（853）2878 1720</t>
           </r>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">健康生活教育園地</t>
+            <t xml:space="preserve">戒毒及維持治療服務 – 青洲藥物治療中心（美沙酮）</t>
           </r>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環新街577號御景灣地下</t>
+            <t xml:space="preserve">澳門青洲新街13號青怡大廈第一座1樓</t>
           </r>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 1718</t>
+            <t xml:space="preserve">（853）2835 8844</t>
           </r>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 1720</t>
+            <t xml:space="preserve">（853）2871 5204</t>
           </r>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">戒毒及維持治療服務 – 青洲藥物治療中心（美沙酮）</t>
+            <t xml:space="preserve">戒毒及維持治療服務 — 黑沙環藥物治療中心（美沙酮）</t>
           </r>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲新街13號青怡大廈第一座1樓</t>
+            <t xml:space="preserve">澳門黑沙環中街599-671號</t>
           </r>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 8844</t>
+            <t xml:space="preserve">（853）2843 7525</t>
           </r>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 5204</t>
+            <t xml:space="preserve">（853）2843 7665</t>
           </r>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">戒毒及維持治療服務 — 黑沙環藥物治療中心（美沙酮）</t>
+            <t xml:space="preserve">戒毒及維持治療服務 –氹仔嘉模藥物治療中心（美沙酮）</t>
           </r>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環中街599-671號</t>
+            <t xml:space="preserve">澳門氹仔美副將馬路湖畔大廈第一座1樓</t>
           </r>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2843 7525</t>
+            <t xml:space="preserve">（853）2850 0412</t>
           </r>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2843 7665</t>
+            <t xml:space="preserve">（853）2850 0413</t>
           </r>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">戒毒及維持治療服務 –氹仔嘉模藥物治療中心（美沙酮）</t>
+            <t xml:space="preserve">志毅軒</t>
           </r>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔美副將馬路湖畔大廈第一座1樓</t>
+            <t xml:space="preserve">澳門新口岸飛南第街11號獲多利大廈2樓AK1</t>
           </r>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2850 0412</t>
+            <t xml:space="preserve">（853）2832 3902</t>
           </r>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2850 0413</t>
+            <t xml:space="preserve">（853）2832 3928</t>
           </r>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">志毅軒</t>
+            <t xml:space="preserve">社會保障基金</t>
           </r>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸飛南第街11號獲多利大廈2樓AK1</t>
+            <t xml:space="preserve">澳門宋玉生廣場 249 - 263號中土大廈 18樓</t>
           </r>
         </is>
       </c>
       <c r="C186" t="inlineStr">
-        <is>
-[...49 lines deleted...]
-      <c r="C187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">查詢電話：（853）2853 2850 
  《社會保障制度》：（853）2823 8238（24小時語音熱線） 
  《非強制性中央公積金制度》：（853）2823 0230（24小時語音熱線）</t>
           </r>
         </is>
       </c>
-      <c r="D187" t="inlineStr">
+      <c r="D186" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2853 2840</t>
           </r>
         </is>
       </c>
-      <c r="E187" t="inlineStr">
+      <c r="E186" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">at@fss.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F187" t="inlineStr">
+      <c r="F186" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fss.gov.mo </t>
           </r>
         </is>
       </c>
-      <c r="G187" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H187" t="inlineStr">
+      <c r="G186" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H186" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">行政管理委員會主席：陳寶雲
 行政管理委員會副主席：張子軒
 行政管理委員會副主席：---
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:8">
-      <c r="A188" t="inlineStr">
+    <row r="187" spans="1:8">
+      <c r="A187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">文化發展基金</t>
           </r>
         </is>
       </c>
-      <c r="B188" t="inlineStr">
+      <c r="B187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門冼星海大馬路105號金龍中心14樓A室</t>
           </r>
         </is>
       </c>
-      <c r="C188" t="inlineStr">
+      <c r="C187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2850 1000</t>
           </r>
         </is>
       </c>
-      <c r="D188" t="inlineStr">
+      <c r="D187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2850 1010</t>
           </r>
         </is>
       </c>
-      <c r="E188" t="inlineStr">
+      <c r="E187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@fdc.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F188" t="inlineStr">
+      <c r="F187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.fdc.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G188" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H188" t="inlineStr">
+      <c r="G187" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">行政委員會主席：張建洪
 行政委員會委員：陳家耀
 行政委員會委員：許鑫源
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:8">
-      <c r="A189" t="inlineStr">
+    <row r="188" spans="1:8">
+      <c r="A188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門大學</t>
           </r>
         </is>
       </c>
-      <c r="B189" t="inlineStr">
+      <c r="B188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">中國澳門氹仔大學大馬路</t>
           </r>
         </is>
       </c>
-      <c r="C189" t="inlineStr">
+      <c r="C188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8822 8833</t>
           </r>
         </is>
       </c>
-      <c r="D189" t="inlineStr">
+      <c r="D188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8822 8822</t>
           </r>
         </is>
       </c>
-      <c r="E189" t="inlineStr">
+      <c r="E188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@um.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="F189" t="inlineStr">
+      <c r="F188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.um.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="G189" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H189" t="inlineStr">
+      <c r="G188" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">校長：宋永華
 副校長：許敬文
 副校長：馬許願
 副校長：葛偉
 副校長：莫啓明
 副校長：徐建
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:8">
-      <c r="A190" t="inlineStr">
+    <row r="189" spans="1:8">
+      <c r="A189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門理工大學</t>
           </r>
         </is>
       </c>
-      <c r="B190" t="inlineStr">
+      <c r="B189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門高美士街</t>
           </r>
         </is>
       </c>
-      <c r="C190" t="inlineStr">
+      <c r="C189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2857 8722</t>
           </r>
         </is>
       </c>
-      <c r="D190" t="inlineStr">
+      <c r="D189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2830 8801</t>
           </r>
         </is>
       </c>
-      <c r="E190" t="inlineStr">
+      <c r="E189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">webadmin@mpu.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="F190" t="inlineStr">
+      <c r="F189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mpu.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="G190" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H190" t="inlineStr">
+      <c r="G189" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H189" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">校長：嚴肇基
 副校長：李雁蓮
 秘書長：莫秀妍
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:8">
-      <c r="A191" t="inlineStr">
+    <row r="190" spans="1:8">
+      <c r="A190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門旅遊大學</t>
           </r>
         </is>
       </c>
-      <c r="B191" t="inlineStr">
+      <c r="B190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">中國澳門望廈山</t>
           </r>
         </is>
       </c>
-      <c r="C191" t="inlineStr">
+      <c r="C190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2856 1252</t>
           </r>
         </is>
       </c>
-      <c r="D191" t="inlineStr">
+      <c r="D190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2851 9058</t>
           </r>
         </is>
       </c>
-      <c r="E191" t="inlineStr">
+      <c r="E190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">pr@utm.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="F191" t="inlineStr">
+      <c r="F190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.utm.edu.mo</t>
           </r>
         </is>
       </c>
-      <c r="G191" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H191" t="inlineStr">
+      <c r="G190" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">校長：黃竹君
 副校長：呂劍英
 副校長：羅曼儀
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">教育基金</t>
+          </r>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門約翰四世大馬路7-9號1樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2855 5533</t>
+          </r>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 3089</t>
+          </r>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">fe@dsedj.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.dsedj.gov.mo/fe</t>
+          </r>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">行政管理委員會主席：龔志明
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="192" spans="1:8">
       <c r="A192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">教育基金</t>
+            <t xml:space="preserve">體育基金</t>
           </r>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門約翰四世大馬路7-9號1樓</t>
+            <t xml:space="preserve">澳門羅理基博士大馬路818號</t>
           </r>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 5533</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 3089</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">fe@dsedj.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.dsedj.gov.mo/fe</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：龔志明
+            <t xml:space="preserve">行政管理委員會主席：李詩靈
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">體育基金</t>
+            <t xml:space="preserve">第十五屆全國運動會及全國第十二屆殘疾人運動會暨第九屆特殊奧林匹克運動會澳門賽區籌備辦公室</t>
           </r>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門羅理基博士大馬路818號</t>
+            <t xml:space="preserve">澳門路氹城網球路運動員培訓及集訓中心（澳門東亞運動會體育館旁）</t>
           </r>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2828 2025</t>
           </r>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2852 3832</t>
           </r>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@15ngoc-mo.org</t>
           </r>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會代主席：李詩靈
+            <t xml:space="preserve">辦公室主任：潘永權
+辦公室副主任：傅斯娜
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">第十五屆全國運動會及全國第十二屆殘疾人運動會暨第九屆特殊奧林匹克運動會澳門賽區籌備辦公室</t>
+            <t xml:space="preserve">生命科學道德委員會</t>
           </r>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路氹城網球路運動員培訓及集訓中心（澳門東亞運動會體育館旁）</t>
+            <t xml:space="preserve">澳門東望洋街339號衛生局行政樓</t>
           </r>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2828 2025</t>
+            <t xml:space="preserve">（853）8390 1048</t>
           </r>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 3832</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@15ngoc-mo.org</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">辦公室主任：潘永權
-辦公室副主任：傅斯娜
+            <t xml:space="preserve">主席：郭昌宇
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">生命科學道德委員會</t>
+            <t xml:space="preserve">健康城市委員會</t>
           </r>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門東望洋街339號衛生局行政樓</t>
+            <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓18樓</t>
           </r>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8390 1048</t>
+            <t xml:space="preserve">（853）2853 3525</t>
           </r>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">hcmacau@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：郭昌宇
+            <t xml:space="preserve">主席：柯嵐
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">健康城市委員會</t>
+            <t xml:space="preserve">防治愛滋病委員會</t>
           </r>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓18樓</t>
           </r>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 3525</t>
+            <t xml:space="preserve">（853）8504 1573 ，（853）8504 1493</t>
           </r>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">hcmacau@ssm.gov.mo</t>
+            <t xml:space="preserve">aidsconsult@ssm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.ssm.gov.mo/aids</t>
           </r>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：柯嵐
+            <t xml:space="preserve">主席：羅奕龍
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">防治愛滋病委員會</t>
+            <t xml:space="preserve">教學人員專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門何賢紳士大馬路政府（青茂）辦公大樓18樓</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8504 1573 ，（853）8504 1493</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">aidsconsult@ssm.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.ssm.gov.mo/aids</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">教學人員專業委員會</t>
+            <t xml:space="preserve">澳門格蘭披治大賽車組織委員會</t>
           </r>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門友誼大馬路澳門格蘭披治賽車大樓</t>
           </r>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 7303</t>
           </r>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 7309</t>
           </r>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">macaugp@sport.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.macau.grandprix.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門格蘭披治大賽車組織委員會</t>
+            <t xml:space="preserve">人才引進評審委員會</t>
           </r>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門友誼大馬路澳門格蘭披治賽車大樓</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 7303</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 7309</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">macaugp@sport.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.macau.grandprix.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">人才引進評審委員會</t>
+            <t xml:space="preserve">第十五屆全國運動會及全國第十二屆殘疾人運動會暨第九屆特殊奧林匹克運動會澳門賽區組織委員會</t>
           </r>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門路氹城網球路運動員培訓及集訓中心（澳門東亞運動會體育館旁）</t>
           </r>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2828 2025</t>
           </r>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2852 3832</t>
           </r>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@15ngoc-mo.org</t>
           </r>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">第十五屆全國運動會及全國第十二屆殘疾人運動會暨第九屆特殊奧林匹克運動會澳門賽區組織委員會</t>
+            <t xml:space="preserve">運輸工務司</t>
           </r>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路氹城網球路運動員培訓及集訓中心（澳門東亞運動會體育館旁）</t>
+            <t xml:space="preserve">澳門蘇亞利斯博士大馬路 307-323號中國銀行大廈 26樓</t>
           </r>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2828 2025</t>
+            <t xml:space="preserve">（853）2878 6919</t>
           </r>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2852 3832</t>
+            <t xml:space="preserve">（853）2872 7714</t>
           </r>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@15ngoc-mo.org</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">www.gstop.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">司長：譚偉文
+辦公室主任：林紹源
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">運輸工務司</t>
+            <t xml:space="preserve">運輸工務司司長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門蘇亞利斯博士大馬路 307-323號中國銀行大廈 26樓</t>
           </r>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 6919</t>
           </r>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 7714</t>
           </r>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">www.gstop.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">司長：譚偉文
+            <t xml:space="preserve">運輸工務司司長：譚偉文
 辦公室主任：林紹源
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">運輸工務司司長辦公室</t>
+            <t xml:space="preserve">土地工務局</t>
           </r>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門蘇亞利斯博士大馬路 307-323號中國銀行大廈 26樓</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路33號</t>
           </r>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 6919</t>
+            <t xml:space="preserve">（853）2872 2488</t>
           </r>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 7714</t>
+            <t xml:space="preserve">（853）2834 0019</t>
           </r>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@dsscu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">www.gstop.gov.mo</t>
+            <t xml:space="preserve">http://www.dsscu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H203" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：黎永亮
 副局長：麥達堯
 副局長：陳海英
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:8">
-      <c r="A205" t="inlineStr">
+    <row r="204" spans="1:8">
+      <c r="A204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">公共建設局</t>
           </r>
         </is>
       </c>
-      <c r="B205" t="inlineStr">
+      <c r="B204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門羅理基博士大馬路南光大廈10樓</t>
           </r>
         </is>
       </c>
-      <c r="C205" t="inlineStr">
+      <c r="C204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 3726</t>
           </r>
         </is>
       </c>
-      <c r="D205" t="inlineStr">
+      <c r="D204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2871 3728</t>
           </r>
         </is>
       </c>
-      <c r="E205" t="inlineStr">
+      <c r="E204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsop.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F205" t="inlineStr">
+      <c r="F204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsop.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G205" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H205" t="inlineStr">
+      <c r="G204" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：林煒浩
 副局長：沈榮臻
 副局長：Luís Manuel Silva Madeira de Carvalho
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:8">
-      <c r="A206" t="inlineStr">
+    <row r="205" spans="1:8">
+      <c r="A205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">海事及水務局</t>
           </r>
         </is>
       </c>
-      <c r="B206" t="inlineStr">
+      <c r="B205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
           </r>
         </is>
       </c>
-      <c r="C206" t="inlineStr">
+      <c r="C205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853） 2855 9922</t>
           </r>
         </is>
       </c>
-      <c r="D206" t="inlineStr">
+      <c r="D205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853） 8988 2599</t>
           </r>
         </is>
       </c>
-      <c r="E206" t="inlineStr">
+      <c r="E205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@marine.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F206" t="inlineStr">
+      <c r="F205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.marine.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G206" t="inlineStr">
+      <c r="G205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門郵政信箱47號</t>
           </r>
         </is>
       </c>
-      <c r="H206" t="inlineStr">
+      <c r="H205" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：黃穗文
 副局長：郭虔
 副局長：唐玉萍
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">政府船塢</t>
+          </r>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門筷子基船澳街</t>
+          </r>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8988 0834 ,（853）8988 0818</t>
+          </r>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2831 7030</t>
+          </r>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">on@marine.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.marine.gov.mo/ecn</t>
+          </r>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門郵箱47號</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="207" spans="1:8">
       <c r="A207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">政府船塢</t>
+            <t xml:space="preserve">海事博物館</t>
           </r>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門筷子基船澳街</t>
+            <t xml:space="preserve">澳門媽閣廟前地一號</t>
           </r>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 0834 ,（853）8988 0818</t>
+            <t xml:space="preserve">（853）2859 5481 </t>
           </r>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2831 7030</t>
+            <t xml:space="preserve">（853）2851 2160 </t>
           </r>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">on@marine.gov.mo</t>
+            <t xml:space="preserve">museumaritimo@marine.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.marine.gov.mo/ecn</t>
+            <t xml:space="preserve">https://www.museumaritimo.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門郵箱47號</t>
           </r>
         </is>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海事博物館</t>
+            <t xml:space="preserve">航海學校</t>
           </r>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門媽閣廟前地一號</t>
+            <t xml:space="preserve">澳門河邊新街（媽閣廟前地）</t>
           </r>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 5481 </t>
+            <t xml:space="preserve">（853）2858 8866,（853）2856 3499,（853）2856 3502</t>
           </r>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2851 2160 </t>
+            <t xml:space="preserve">（853）2896 2528 </t>
           </r>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">museumaritimo@marine.gov.mo</t>
+            <t xml:space="preserve">escola@marine.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.museumaritimo.gov.mo</t>
+            <t xml:space="preserve">https://www.escola-pilotagem.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門郵箱47號</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">航海學校</t>
+            <t xml:space="preserve">環境保護局</t>
           </r>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門河邊新街（媽閣廟前地）</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路32號至36號電力公司大樓1樓</t>
           </r>
         </is>
       </c>
       <c r="C209" t="inlineStr">
-        <is>
-[...49 lines deleted...]
-      <c r="C210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">總機：（853）2872 5134 
 環保熱線：（853）2876 2626</t>
           </r>
         </is>
       </c>
-      <c r="D210" t="inlineStr">
+      <c r="D209" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 5129</t>
           </r>
         </is>
       </c>
-      <c r="E210" t="inlineStr">
+      <c r="E209" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dspa.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F210" t="inlineStr">
+      <c r="F209" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dspa.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G210" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H210" t="inlineStr">
+      <c r="G209" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：葉擴林
 副局長：韋海揚
 副局長：許志樑
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:8">
-      <c r="A211" t="inlineStr">
+    <row r="210" spans="1:8">
+      <c r="A210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">交通事務局</t>
           </r>
         </is>
       </c>
-      <c r="B211" t="inlineStr">
+      <c r="B210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門馬交石炮台馬路 33號地下</t>
           </r>
         </is>
       </c>
-      <c r="C211" t="inlineStr">
+      <c r="C210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">總機：（853）8866 6666
 交通事務專線：（853）8866 6363 （辦公時間由專人接聽，非辦公時段則設有自動錄音系統。）</t>
           </r>
         </is>
       </c>
-      <c r="D211" t="inlineStr">
+      <c r="D210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2875 0626</t>
           </r>
         </is>
       </c>
-      <c r="E211" t="inlineStr">
+      <c r="E210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsat.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F211" t="inlineStr">
+      <c r="F210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsat.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G211" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H211" t="inlineStr">
+      <c r="G210" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：鄭岳威
 副局長：李頴康
 副局長：---
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">民航局</t>
+          </r>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場336-342號誠豐商業中心18樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 2851 1213</t>
+          </r>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">(853) 2833 8089</t>
+          </r>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">aacm@aacm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.aacm.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">局長：潘華健
+副局長：馮偉龍
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="212" spans="1:8">
       <c r="A212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">民航局</t>
+            <t xml:space="preserve">郵電局</t>
           </r>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場336-342號誠豐商業中心18樓</t>
+            <t xml:space="preserve">澳門議事亭前地郵電局總部大樓</t>
           </r>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2851 1213</t>
+            <t xml:space="preserve">（853）2857 4491</t>
           </r>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">(853) 2833 8089</t>
+            <t xml:space="preserve">（853）2833 6603,（853）8396 8603</t>
           </r>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">aacm@aacm.gov.mo</t>
+            <t xml:space="preserve">cttgeral@ctt.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.aacm.gov.mo</t>
+            <t xml:space="preserve">https://www.ctt.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H212" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：劉惠明
 副局長：劉蘭華
 副局長：葉頌華
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:8">
-      <c r="A214" t="inlineStr">
+    <row r="213" spans="1:8">
+      <c r="A213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">房屋局</t>
           </r>
         </is>
       </c>
-      <c r="B214" t="inlineStr">
+      <c r="B213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門鴨涌馬路220號青葱大廈地下L</t>
           </r>
         </is>
       </c>
-      <c r="C214" t="inlineStr">
+      <c r="C213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2859 4875</t>
           </r>
         </is>
       </c>
-      <c r="D214" t="inlineStr">
+      <c r="D213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2830 5909</t>
           </r>
         </is>
       </c>
-      <c r="E214" t="inlineStr">
+      <c r="E213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@ihm.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="F214" t="inlineStr">
+      <c r="F213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.ihm.gov.mo</t>
           </r>
         </is>
       </c>
-      <c r="G214" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H214" t="inlineStr">
+      <c r="G213" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：任利凌
 副局長：郭惠嫻
 副局長：楊錦華
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">地圖繪製暨地籍局</t>
+          </r>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門馬交石炮台馬路32至36號電力公司大樓5樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 0040</t>
+          </r>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2834 0046 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">mail@dscc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.dscc.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門郵政信箱3018號</t>
+          </r>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">局長：雅永健
+副局長：張紹基
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="215" spans="1:8">
       <c r="A215" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">地圖繪製暨地籍局</t>
+            <t xml:space="preserve">澳門測量暨地籍學校</t>
           </r>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬交石炮台馬路32至36號電力公司大樓5樓</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路32 - 36號電力公司大樓5 - 6樓</t>
           </r>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2834 0040</t>
+            <t xml:space="preserve">（853）2834 0040 </t>
           </r>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2834 0046 </t>
           </r>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">mail@dscc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.dscc.gov.mo</t>
+            <t xml:space="preserve">http://etcm.dscc.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門郵政信箱3018號</t>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門測量暨地籍學校</t>
+            <t xml:space="preserve">地球物理氣象局</t>
           </r>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬交石炮台馬路32 - 36號電力公司大樓5 - 6樓</t>
+            <t xml:space="preserve">澳門氹仔大潭山天文台斜路</t>
           </r>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2834 0040 </t>
+            <t xml:space="preserve">（853）8898 6223</t>
           </r>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2834 0046 </t>
+            <t xml:space="preserve">（853）2885 0557</t>
           </r>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">mail@dscc.gov.mo</t>
+            <t xml:space="preserve">meteo@smg.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://etcm.dscc.gov.mo </t>
+            <t xml:space="preserve">http://www.smg.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門郵政信箱3018號</t>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">局長：梁永權
+副局長：鄧耀民
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">地球物理氣象局</t>
+            <t xml:space="preserve">漁業發展及援助基金</t>
           </r>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔大潭山天文台斜路</t>
+            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
           </r>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8898 6223</t>
+            <t xml:space="preserve">（853）8988 2526
+（853）8988 2534
+</t>
           </r>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2885 0557</t>
+            <t xml:space="preserve">（853）8988 2440
+</t>
           </r>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">meteo@smg.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.smg.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門郵政信箱47號</t>
           </r>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">局長：梁永權
-副局長：鄧耀民
+            <t xml:space="preserve">行政管理委員會主席：黃穗文
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">漁業發展及援助基金</t>
+            <t xml:space="preserve">樓宇維修基金</t>
           </r>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
+            <t xml:space="preserve">澳門鴨涌馬路220號青葱大廈地下L</t>
           </r>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 2526
-[...1 lines deleted...]
-</t>
+            <t xml:space="preserve">（853）2859 4875</t>
           </r>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 2440
-</t>
+            <t xml:space="preserve">（853）2830 5909</t>
           </r>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@ihm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.ihm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門郵政信箱47號</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：黃穗文
+            <t xml:space="preserve">行政管理委員會主席：任利凌
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">樓宇維修基金</t>
+            <t xml:space="preserve">環保與節能基金</t>
           </r>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門鴨涌馬路220號青葱大廈地下L</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路32號至36號電力公司大樓一樓</t>
           </r>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2859 4875</t>
+            <t xml:space="preserve">（853）2872 5134</t>
           </r>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2830 5909</t>
+            <t xml:space="preserve">（853）2872 5129</t>
           </r>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@ihm.gov.mo</t>
+            <t xml:space="preserve">info@fpace.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.ihm.gov.mo</t>
+            <t xml:space="preserve">http://www.fpace.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：任利凌
+            <t xml:space="preserve">行政管理委員會主席：葉擴林
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">環保與節能基金</t>
+            <t xml:space="preserve">海事及水務局福利會</t>
           </r>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬交石炮台馬路32號至36號電力公司大樓一樓</t>
+            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
           </r>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 5134</t>
+            <t xml:space="preserve">（853）8988 2406</t>
           </r>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 5129</t>
+            <t xml:space="preserve">（853）2851 4448</t>
           </r>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@fpace.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.fpace.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門郵政信箱47號</t>
           </r>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：葉擴林
+            <t xml:space="preserve">行政管理委員會主席：黃穗文
+行政管理委員會副主席：郭虔
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海事及水務局福利會</t>
+            <t xml:space="preserve">交通高等委員會</t>
           </r>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路33號地下</t>
           </r>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 2406</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2851 4448</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門郵政信箱47號</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：黃穗文
-行政管理委員會副主席：郭虔
+            <t xml:space="preserve">主席：鄭岳威
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">交通高等委員會</t>
+            <t xml:space="preserve">認可技術委員會</t>
           </r>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬交石炮台馬路33號地下</t>
+            <t xml:space="preserve">澳門議事亭前地郵電局總部大樓</t>
           </r>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8396 8132</t>
           </r>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">joelei@ctt.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">認可技術委員會</t>
+            <t xml:space="preserve">海域管理及發展統籌委員會</t>
           </r>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門議事亭前地郵電局總部大樓</t>
+            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
           </r>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8396 8132</t>
+            <t xml:space="preserve">（853）2855 9922</t>
           </r>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8988 2599</t>
           </r>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">joelei@ctt.gov.mo</t>
+            <t xml:space="preserve">CCGDAJM@marine.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門郵政信箱47號</t>
           </r>
         </is>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">海域管理及發展統籌委員會</t>
+            <t xml:space="preserve">空運簡化手續及民航保安委員會</t>
           </r>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門萬里長城海事及水務局大樓</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 9922</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8988 2599</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">CCGDAJM@marine.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門郵政信箱47號</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">空運簡化手續及民航保安委員會</t>
+            <t xml:space="preserve">廉政公署</t>
           </r>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門冼星海大馬路 105 號「金龍中心」17 樓 (總部)</t>
           </r>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">總部：（853）2832 6300&lt;br/&gt;投訴管理中心：（853）2836 1212&lt;br/&gt;財產及利益申報處：（853）8395 3321&lt;br/&gt;黑沙環社區辦事處：（853）2845 3636&lt;br/&gt;氹仔社區辦事處：（853）2836 3636</t>
           </r>
         </is>
       </c>
       <c r="D225" t="inlineStr">
-        <is>
-[...49 lines deleted...]
-      <c r="D226" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">總部：（853）2836 2336 
  財產及利益申報處：（853）2875 0900 
  黑沙環社區辦事處 ：（853）2845 3611 
  氹仔社區辦事處：（853）2884 3344</t>
           </r>
         </is>
       </c>
-      <c r="E226" t="inlineStr">
+      <c r="E225" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">ccac@ccac.org.mo</t>
           </r>
         </is>
       </c>
-      <c r="F226" t="inlineStr">
+      <c r="F225" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.ccac.org.mo</t>
           </r>
         </is>
       </c>
-      <c r="G226" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H226" t="inlineStr">
+      <c r="G225" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H225" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">廉政專員：歐陽湘
 助理專員：黃劍鋒
 助理專員：---
 辦公室主任：陳彥照
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">廉政專員辦公室</t>
+          </r>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門冼星海大馬路 105 號「金龍中心」17樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2832 6300 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2836 2336 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.ccac.org.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">廉政專員：歐陽湘
+辦公室主任：陳彥照
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="227" spans="1:8">
       <c r="A227" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廉政專員辦公室</t>
+            <t xml:space="preserve">廉政公署投訴管理中心</t>
           </r>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門冼星海大馬路 105 號「金龍中心」17樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場「皇朝廣場」14 樓</t>
           </r>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 6300 </t>
+            <t xml:space="preserve">（853）2836 1212</t>
           </r>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 2336 </t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">ccac@ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廉政公署投訴管理中心</t>
+            <t xml:space="preserve">廉政公署黑沙環社區辦事處</t>
           </r>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場「皇朝廣場」14 樓</t>
+            <t xml:space="preserve">澳門黑沙環勞動節街68-72號裕華大廈地下</t>
           </r>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 1212</t>
+            <t xml:space="preserve">（853）2845 3636 </t>
           </r>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2845 3611</t>
           </r>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">ccac@ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廉政公署黑沙環社區辦事處</t>
+            <t xml:space="preserve">廉政公署氹仔社區辦事處</t>
           </r>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門黑沙環勞動節街68-72號裕華大廈地下</t>
+            <t xml:space="preserve">澳門氹仔南京街濠庭都會第四座地下C舖</t>
           </r>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 3636 </t>
+            <t xml:space="preserve">（853）2836 3636</t>
           </r>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2845 3611</t>
+            <t xml:space="preserve">（853）2884 3344</t>
           </r>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">ccac@ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.ccac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廉政公署氹仔社區辦事處</t>
+            <t xml:space="preserve">審計署</t>
           </r>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔南京街濠庭都會第四座地下C舖</t>
+            <t xml:space="preserve">澳門友誼大馬路1101A號政府（新口岸）辦公大樓5-10樓</t>
           </r>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2836 3636</t>
+            <t xml:space="preserve">（853）2871 1211</t>
           </r>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2884 3344</t>
+            <t xml:space="preserve">（853）2871 1218</t>
           </r>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">ccac@ccac.org.mo</t>
+            <t xml:space="preserve">info@ca.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.ccac.org.mo</t>
+            <t xml:space="preserve">https://www.ca.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="H231" t="inlineStr">
+      <c r="H230" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">審計長：歐陽瑜
 助理審計長：許麗芳
 審計長辦公室主任：何鈺珊
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">立法會</t>
+          </r>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣湖畔立法會前地立法會大樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 8377, （853）2872 8379 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2897 3753</t>
+          </r>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@al.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.al.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：張永春
+副主席：何潤生
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="232" spans="1:8">
       <c r="A232" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">立法會</t>
+            <t xml:space="preserve">立法會輔助部門</t>
           </r>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門南灣湖畔立法會前地立法會大樓</t>
           </r>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 8377, （853）2872 8379 </t>
           </r>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2897 3753</t>
           </r>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@al.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.al.gov.mo</t>
+            <t xml:space="preserve">http://www.al.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：張永春
-副主席：---
+            <t xml:space="preserve">秘書長：楊瑞茹
+副秘書長：潘錦屏
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">立法會輔助部門</t>
+            <t xml:space="preserve">司法援助委員會</t>
           </r>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣湖畔立法會前地立法會大樓</t>
+            <t xml:space="preserve">澳門宋玉生廣場398號中航大厦6樓</t>
           </r>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 8377, （853）2872 8379 </t>
+            <t xml:space="preserve">（853）2853 3540</t>
           </r>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2897 3753</t>
+            <t xml:space="preserve">（853）2871 3109 </t>
           </r>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@al.gov.mo</t>
+            <t xml:space="preserve">info@caj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.al.gov.mo </t>
+            <t xml:space="preserve">http://www.caj.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">秘書長：楊瑞茹
-副秘書長：潘錦屏
+            <t xml:space="preserve">主席：胡家偉
+副主席：梁穎妍
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">司法援助委員會</t>
+            <t xml:space="preserve">獸醫專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門宋玉生廣場398號中航大厦6樓</t>
+            <t xml:space="preserve">澳門花地瑪教會街59-F號台山社屋-台暉樓地下G座</t>
           </r>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 3540</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 3109 </t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@caj.gov.mo</t>
+            <t xml:space="preserve">info@cpmv.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.caj.gov.mo </t>
+            <t xml:space="preserve">http://www.cpmv.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">獸醫專業委員會</t>
+            <t xml:space="preserve">會計師專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門花地瑪教會街59-F號台山社屋-台暉樓地下G座</t>
+            <t xml:space="preserve">澳門大堂街30號財政局資源中心1樓</t>
           </r>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）8599 5344</t>
           </r>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2838 9177</t>
           </r>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@cpmv.gov.mo</t>
+            <t xml:space="preserve">cpcinfo@cpc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.cpmv.gov.mo</t>
+            <t xml:space="preserve">https://www.cpc.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：何燕梅
+副主席：容永恩
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">會計師專業委員會</t>
+            <t xml:space="preserve">網絡安全事故預警及應急中心</t>
           </r>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門大堂街30號財政局資源中心1樓</t>
+            <t xml:space="preserve">澳門友誼大馬路823號司法警察局大樓</t>
           </r>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8599 5344</t>
+            <t xml:space="preserve">（853）8800 6600</t>
           </r>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2838 9177</t>
+            <t xml:space="preserve">（853）8800 6611</t>
           </r>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">cpcinfo@cpc.gov.mo</t>
+            <t xml:space="preserve">caric@pj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cpc.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">網絡安全事故預警及應急中心</t>
+            <t xml:space="preserve">醫療事故鑑定委員會</t>
           </r>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門友誼大馬路823號司法警察局大樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場411-417號皇朝廣場2樓</t>
           </r>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8800 6600</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8800 6611</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">caric@pj.gov.mo</t>
+            <t xml:space="preserve">info@cpem.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.cpem.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：彭向強
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">醫療事故鑑定委員會</t>
+            <t xml:space="preserve">醫療爭議調解中心</t>
           </r>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場411-417號皇朝廣場2樓</t>
+            <t xml:space="preserve">澳門新口岸宋玉生廣場411-417號皇朝廣場2樓E-F座</t>
           </r>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2875 0513</t>
           </r>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2875 0514</t>
           </r>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@cpem.gov.mo</t>
+            <t xml:space="preserve">info@cmlm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cpem.gov.mo</t>
+            <t xml:space="preserve">https://www.cmlm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：彭向強
+            <t xml:space="preserve">協調員：李潤龍
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">醫療爭議調解中心</t>
+            <t xml:space="preserve">社會工作者專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新口岸宋玉生廣場411-417號皇朝廣場2樓E-F座</t>
+            <t xml:space="preserve">澳門青洲大馬路青洲災民中心大樓</t>
           </r>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 0513</t>
+            <t xml:space="preserve">（853）2857 5010</t>
           </r>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 0514</t>
+            <t xml:space="preserve">（853）2823 2619</t>
           </r>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@cmlm.gov.mo</t>
+            <t xml:space="preserve">info@cpas.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cmlm.gov.mo</t>
+            <t xml:space="preserve">http://www.cpas.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">社會工作者專業委員會</t>
+            <t xml:space="preserve">醫療專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲大馬路青洲災民中心大樓</t>
+            <t xml:space="preserve">澳門路環紅荷路108號政府(路環)辦公大樓4樓</t>
           </r>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 5010</t>
+            <t xml:space="preserve">（853）2883 6363</t>
           </r>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2823 2619</t>
+            <t xml:space="preserve">（853）2883 6300</t>
           </r>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@cpas.gov.mo</t>
+            <t xml:space="preserve">info@cps.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.cpas.gov.mo</t>
+            <t xml:space="preserve">https://www.cps.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：郭昌宇
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">醫療專業委員會</t>
+            <t xml:space="preserve">行政長官選舉管理委員會</t>
           </r>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環紅荷路108號政府(路環)辦公大樓4樓</t>
+            <t xml:space="preserve">澳門水坑尾街 162號公共行政大樓 11樓</t>
           </r>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 6363</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 6300</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@cps.gov.mo</t>
+            <t xml:space="preserve">ece@elections.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cps.gov.mo</t>
+            <t xml:space="preserve">www.ece.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">主席：郭昌宇
+            <t xml:space="preserve">主席：宋敏莉
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政長官選舉管理委員會</t>
+            <t xml:space="preserve">建築、工程及城市規劃專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門水坑尾街 162號公共行政大樓 11樓</t>
+            <t xml:space="preserve">澳門馬交石炮台馬路33號</t>
           </r>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853） 2872 2488</t>
           </r>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">ece@elections.gov.mo</t>
+            <t xml:space="preserve">info@caeu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">www.ece.gov.mo</t>
+            <t xml:space="preserve">https://www.caeu.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">建築、工程及城市規劃專業委員會</t>
+            <t xml:space="preserve">終審法院</t>
           </r>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門馬交石炮台馬路33號</t>
+            <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
           </r>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853） 2872 2488</t>
+            <t xml:space="preserve">（853）8398 4117 </t>
           </r>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2832 6744 </t>
           </r>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@caeu.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.caeu.gov.mo</t>
+            <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="H244" t="inlineStr">
+      <c r="H243" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">院長：宋敏莉
 辦公室代主任：李秉勳
 辦公室副主任：---
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">中級法院</t>
+          </r>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8398 4100</t>
+          </r>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2832 6747 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.court.gov.mo </t>
+          </r>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">院長：蔡武彬（代任)
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="245" spans="1:8">
       <c r="A245" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中級法院</t>
+            <t xml:space="preserve">第一審法院</t>
           </r>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8398 4100</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 6747 </t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">院長：蔡武彬（代任)
+            <t xml:space="preserve">院長：姚頴珊
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">第一審法院</t>
+            <t xml:space="preserve">初級法院</t>
           </r>
         </is>
       </c>
       <c r="B246" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="B247" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">民事法庭、勞動法庭、家庭及未成年人法庭辦事處：澳門殷皇子大馬路43-53A號澳門廣場4樓、12樓及17樓
 輕微民事案件法庭辦事處：澳門南灣大馬路517號南通商業大廈21樓A-C座
 刑事法庭辦事處：澳門何鴻燊博士大馬路347號初級法院刑事大樓</t>
           </r>
         </is>
       </c>
-      <c r="C247" t="inlineStr">
+      <c r="C246" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">民事法庭、勞動法庭、家庭及未成年人法庭辦事處：（853）8597 0278 
 輕微民事案件法庭辦事處：（853）8398 8444 
 刑事法庭辦事處：（853）8597 0278</t>
           </r>
         </is>
       </c>
-      <c r="D247" t="inlineStr">
+      <c r="D246" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">民事法庭、勞動法庭、家庭及未成年人法庭辦事處：（853）2833 6506 
 輕微民事案件法庭辦事處：（853）2871 5825 
 刑事法庭辦事處：（853）2897 3013</t>
           </r>
         </is>
       </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.court.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">輕微民事案件法庭</t>
+          </r>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈21樓A-C座 </t>
+          </r>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8398 8444 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 5825</t>
+          </r>
+        </is>
+      </c>
       <c r="E247" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.court.gov.mo</t>
+            <t xml:space="preserve">http://www.court.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">輕微民事案件法庭</t>
+            <t xml:space="preserve">刑事起訴法庭</t>
           </r>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈21樓A-C座 </t>
+            <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓4樓</t>
           </r>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8398 8444 </t>
+            <t xml:space="preserve">（853）8796 6527</t>
           </r>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 5825</t>
+            <t xml:space="preserve">（853）2872 8275</t>
           </r>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.court.gov.mo </t>
+            <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">刑事起訴法庭</t>
+            <t xml:space="preserve">刑事法庭</t>
           </r>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓4樓</t>
+            <t xml:space="preserve">澳門何鴻燊博士大馬路347號初級法院刑事大樓</t>
           </r>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8796 6527</t>
+            <t xml:space="preserve">（853）8597 0278 </t>
           </r>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 8275</t>
+            <t xml:space="preserve">（853）2897 3013</t>
           </r>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">刑事法庭</t>
+            <t xml:space="preserve">民事法庭</t>
           </r>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門何鴻燊博士大馬路347號初級法院刑事大樓</t>
+            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場12樓</t>
           </r>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8597 0278 </t>
           </r>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2897 3013</t>
+            <t xml:space="preserve">（853）2833 6506 </t>
           </r>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">民事法庭</t>
+            <t xml:space="preserve">勞動法庭</t>
           </r>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場12樓</t>
+            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場17樓</t>
           </r>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8597 0278 </t>
+            <t xml:space="preserve">（853）8597 0278</t>
           </r>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2833 6506 </t>
+            <t xml:space="preserve">（853）2833 6506</t>
           </r>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.court.gov.mo</t>
+            <t xml:space="preserve">http://www.court.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">勞動法庭</t>
+            <t xml:space="preserve">家庭及未成年人法庭</t>
           </r>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場17樓</t>
           </r>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8597 0278</t>
           </r>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2833 6506</t>
           </r>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.court.gov.mo </t>
+            <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">家庭及未成年人法庭</t>
+            <t xml:space="preserve">行政法院</t>
           </r>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場17樓</t>
+            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈22樓B-C座</t>
           </r>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8597 0278</t>
+            <t xml:space="preserve">（853）2835 6060 </t>
           </r>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2833 6506</t>
+            <t xml:space="preserve">（853）2835 5593 </t>
           </r>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政法院</t>
+            <t xml:space="preserve">終審法院院長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈22樓B-C座</t>
+            <t xml:space="preserve">澳門湖畔南街中國與葡語國家商貿合作服務平台綜合體辦公樓2樓</t>
           </r>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 6060 </t>
+            <t xml:space="preserve">（853）8398 4136</t>
           </r>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2835 5593 </t>
+            <t xml:space="preserve">（853）2896 9225</t>
           </r>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H254" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">辦公室代主任：李秉勳
+辦公室副主任：---
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">終審法院院長辦公室</t>
+            <t xml:space="preserve">推薦法官的獨立委員會</t>
           </r>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門湖畔南街中國與葡語國家商貿合作服務平台綜合體辦公樓2樓</t>
+            <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
           </r>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8398 4136</t>
+            <t xml:space="preserve">（853）8398 4397</t>
           </r>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2896 9225</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.court.gov.mo</t>
+            <t xml:space="preserve">www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
-          </r>
-[...7 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">推薦法官的獨立委員會</t>
+            <t xml:space="preserve">法官委員會</t>
           </r>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
           </r>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8398 4397</t>
           </r>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">edoc_cmj@court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">www.court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">法官委員會</t>
+            <t xml:space="preserve">法律代辦紀律權限獨立委員會</t>
           </r>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
           </r>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8398 4397</t>
+            <t xml:space="preserve">（853）8298 4369</t>
           </r>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">edoc_cmj@court.gov.mo</t>
+            <t xml:space="preserve">CIEPDSS@court.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">www.court.gov.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">法律代辦紀律權限獨立委員會</t>
+            <t xml:space="preserve">檢察院</t>
           </r>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
           </r>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2878 6666</t>
           </r>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2875 3231</t>
           </r>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="H259" t="inlineStr">
+      <c r="H258" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">檢察長：唐曉峰
 檢察長辦公室主任：黃曉楠
 檢察長辦公室副主任：吳明泰
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">檢察院駐終審法院辦事處</t>
+          </r>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2872 7272</t>
+          </r>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2836 5214</t>
+          </r>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@mp.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.mp.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="260" spans="1:8">
       <c r="A260" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察院駐終審法院辦事處</t>
+            <t xml:space="preserve">檢察院駐中級法院辦事處</t>
           </r>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門四月二十五日前地終審及中級法院大樓</t>
           </r>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 7272</t>
           </r>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2836 5214</t>
           </r>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察院駐中級法院辦事處</t>
+            <t xml:space="preserve">檢察院駐初級法院辦事處</t>
           </r>
         </is>
       </c>
       <c r="B261" t="inlineStr">
-        <is>
-[...49 lines deleted...]
-      <c r="B262" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">接待及一般查詢：澳門殷皇子大馬路47-53號澳門廣場3樓
 民事及勞動範疇：澳門殷皇子大馬路47-53號澳門廣場3樓及4樓
 刑事範疇：澳門何鴻燊博士大馬路347號初級法院刑事大樓1樓</t>
           </r>
         </is>
       </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2855 7714</t>
+          </r>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">接待及一般查詢、民事及勞動範疇：（853）2833 9501&lt;/br&gt;刑事範疇：（853）2853 2441</t>
+          </r>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@mp.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.mp.gov.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">檢察院駐行政法院辦事處</t>
+          </r>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈22樓A座</t>
+          </r>
+        </is>
+      </c>
       <c r="C262" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2855 7714</t>
+            <t xml:space="preserve">（853）2833 0963</t>
           </r>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">接待及一般查詢、民事及勞動範疇：（853）2833 9501&lt;/br&gt;刑事範疇：（853）2853 2441</t>
+            <t xml:space="preserve">（853）2837 3824</t>
           </r>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察院駐行政法院辦事處</t>
+            <t xml:space="preserve">檢察院刑事訴訟辦事處</t>
           </r>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路517號南通商業大廈22樓A座</t>
+            <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
           </r>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2833 0963</t>
+            <t xml:space="preserve">（853）2872 8268</t>
           </r>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2837 3824</t>
+            <t xml:space="preserve">（853）2872 8272</t>
           </r>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察院刑事訴訟辦事處</t>
+            <t xml:space="preserve">檢察長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
           </r>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 8268</t>
+            <t xml:space="preserve">（853）2878 6666</t>
           </r>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2872 8272</t>
+            <t xml:space="preserve">（853）2875 3231</t>
           </r>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">檢察長辦公室主任：黃曉楠
+檢察長辦公室副主任：吳明泰
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察長辦公室</t>
+            <t xml:space="preserve">檢察官委員會</t>
           </r>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
           </r>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 6666</t>
           </r>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2875 3231</t>
           </r>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.mp.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察長辦公室主任：黃曉楠
-檢察長辦公室副主任：吳明泰
+            <t xml:space="preserve">主席：唐曉峰
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">檢察官委員會</t>
+            <t xml:space="preserve">澳門律師公會</t>
           </r>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門羅理基博士大馬路683號檢察院大樓</t>
+            <t xml:space="preserve">澳門友誼大馬路918號世界貿易中心大廈11樓A-D座</t>
           </r>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 6666</t>
+            <t xml:space="preserve">（853）2872 8121, （853）2872 8122 </t>
           </r>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 3231</t>
+            <t xml:space="preserve">（853）2872 8127 </t>
           </r>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@mp.gov.mo</t>
+            <t xml:space="preserve">info@aam.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.mp.gov.mo</t>
+            <t xml:space="preserve">http://www.aam.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H266" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">大會主席團主席：歐安利
 理事會主席：黃顯輝
 監事會主席：石立炘
 秘書長：潘愛儀
 律師業高等委員會主席：李煥江
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="268" spans="1:8">
-      <c r="A268" t="inlineStr">
+    <row r="267" spans="1:8">
+      <c r="A267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門航空股份有限公司</t>
           </r>
         </is>
       </c>
-      <c r="B268" t="inlineStr">
+      <c r="B267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門新口岸宋玉生廣場398號中航大廈14-18樓</t>
           </r>
         </is>
       </c>
-      <c r="C268" t="inlineStr">
+      <c r="C267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8396 6888</t>
           </r>
         </is>
       </c>
-      <c r="D268" t="inlineStr">
+      <c r="D267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8396 6866</t>
           </r>
         </is>
       </c>
-      <c r="E268" t="inlineStr">
+      <c r="E267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">airmacau@airmacau.com.mo</t>
           </r>
         </is>
       </c>
-      <c r="F268" t="inlineStr">
+      <c r="F267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.airmacau.com.mo</t>
           </r>
         </is>
       </c>
-      <c r="G268" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H268" t="inlineStr">
+      <c r="G267" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：吳立新
 執行委員會主席：吳立新
 總經理：吳立新
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="269" spans="1:8">
-      <c r="A269" t="inlineStr">
+    <row r="268" spans="1:8">
+      <c r="A268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門國際機場專營股份有限公司</t>
           </r>
         </is>
       </c>
-      <c r="B269" t="inlineStr">
+      <c r="B268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門氹仔偉龍馬路機場專營公司辦公大樓4樓</t>
           </r>
         </is>
       </c>
-      <c r="C269" t="inlineStr">
+      <c r="C268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8598 8888</t>
           </r>
         </is>
       </c>
-      <c r="D269" t="inlineStr">
+      <c r="D268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 5465</t>
           </r>
         </is>
       </c>
-      <c r="E269" t="inlineStr">
-[...6 lines deleted...]
-      <c r="F269" t="inlineStr">
+      <c r="E268" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.camacau.com</t>
           </r>
         </is>
       </c>
-      <c r="G269" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H269" t="inlineStr">
+      <c r="G268" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H268" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：馬有恆
 執行委員會主席：陳穎雄
 執行董事：朱丹寧
 執行董事：簡焯坤
 執行董事：李時泰
 執行董事：梁以恆
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="270" spans="1:8">
-      <c r="A270" t="inlineStr">
+    <row r="269" spans="1:8">
+      <c r="A269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門電力股份有限公司</t>
           </r>
         </is>
       </c>
-      <c r="B270" t="inlineStr">
+      <c r="B269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門馬交石炮台馬路澳電大樓</t>
           </r>
         </is>
       </c>
-      <c r="C270" t="inlineStr">
+      <c r="C269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2833 9933</t>
           </r>
         </is>
       </c>
-      <c r="D270" t="inlineStr">
+      <c r="D269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2830 8361</t>
           </r>
         </is>
       </c>
-      <c r="E270" t="inlineStr">
+      <c r="E269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">customer.centre@cem-macau.com</t>
           </r>
         </is>
       </c>
-      <c r="F270" t="inlineStr">
+      <c r="F269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.cem-macau.com</t>
           </r>
         </is>
       </c>
-      <c r="G270" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H270" t="inlineStr">
+      <c r="G269" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H269" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事長：傅建國
 執行委員會主席：梁華權
 執行董事：張健
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">中葡合作發展基金有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門湖畔南街中國與葡語國家商貿合作服務平台綜合體辦公樓1樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2847 3757</t>
+          </r>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2847 3757</t>
+          </r>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">zhongpujijin@cadfund.com</t>
+          </r>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.cadfund.com/Column/16/0.htm</t>
+          </r>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="271" spans="1:8">
       <c r="A271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中葡合作發展基金有限公司</t>
+            <t xml:space="preserve">澳門泊車管理股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門湖畔南街中國與葡語國家商貿合作服務平台綜合體辦公樓1樓</t>
+            <t xml:space="preserve">澳門南灣大馬路693號大華大廈14樓</t>
           </r>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2847 3757</t>
+            <t xml:space="preserve">（853）2832 3232 </t>
           </r>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2847 3757</t>
+            <t xml:space="preserve">（853）2832 2299 </t>
           </r>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">zhongpujijin@cadfund.com</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.cadfund.com/Column/16/0.htm</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：馬有禮
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門泊車管理股份有限公司</t>
+            <t xml:space="preserve">澳門生產力暨科技轉移中心</t>
           </r>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路693號大華大廈14樓</t>
+            <t xml:space="preserve">澳門新口岸上海街175號，中華總商會大廈6-7樓</t>
           </r>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 3232 </t>
+            <t xml:space="preserve">（853）2878 1313 </t>
           </r>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2299 </t>
+            <t xml:space="preserve">（853）2878 8233 </t>
           </r>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">cpttm@cpttm.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.cpttm.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H272" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H273" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">社員大會主席：徐偉坤
 理事會主席：楊俊文
 理事長：關治平
 副理事長：曾澤瑤
 監事會主席：何佩芬
 諮詢會主席：劉藝良
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門清潔專營有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門氹仔北安信安馬路S地段</t>
+          </r>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2885 0065 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2885 0083 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">csrmacau@macau.ctm.net</t>
+          </r>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">總經理：孔祥輝
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="274" spans="1:8">
       <c r="A274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門清潔專營有限公司</t>
+            <t xml:space="preserve">澳門電訊股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔北安信安馬路S地段</t>
+            <t xml:space="preserve">澳門氹仔拉哥斯街電訊綜合大樓</t>
           </r>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2885 0065 </t>
+            <t xml:space="preserve">（853）2883 3833</t>
           </r>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2885 0083 </t>
+            <t xml:space="preserve">（853）8891 3031</t>
           </r>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">csrmacau@macau.ctm.net</t>
+            <t xml:space="preserve">helpdesk@macau.ctm.net</t>
           </r>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">https://www.ctm.net</t>
           </r>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">總經理：孔祥輝
+            <t xml:space="preserve">行政總裁：潘福禧
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門電訊股份有限公司</t>
+            <t xml:space="preserve">遠東水翼船務有限公司</t>
           </r>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔拉哥斯街電訊綜合大樓</t>
+            <t xml:space="preserve">澳門友誼大馬路外港客運碼頭1樓1668室</t>
           </r>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 3833</t>
+            <t xml:space="preserve">（853）2872 6266</t>
           </r>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8891 3031</t>
+            <t xml:space="preserve">（853）2872 6277</t>
           </r>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">helpdesk@macau.ctm.net</t>
+            <t xml:space="preserve">enquiry@turbojet.com.hk</t>
           </r>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.ctm.net</t>
+            <t xml:space="preserve">http://www.turbojet.com.hk</t>
           </r>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H275" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H276" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事：何超瓊
 董事：何超蕸
 董事、總經理：康宇嫻
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門葡文學校基金會</t>
+          </r>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門殷皇子大馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2857 2240 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2871 0473 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H276" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">主席：華年達
+副主席：飛文基
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="277" spans="1:8">
       <c r="A277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門葡文學校基金會</t>
+            <t xml:space="preserve">港澳飛翼船有限公司</t>
           </r>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門殷皇子大馬路</t>
+            <t xml:space="preserve">澳門友誼大馬路外港客運碼頭1樓1668室</t>
           </r>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2857 2240 </t>
+            <t xml:space="preserve">（853）2872 6266</t>
           </r>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2871 0473 </t>
+            <t xml:space="preserve">（853）2872 6277</t>
           </r>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">enquiry@turbojet.com.hk</t>
           </r>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.turbojet.com.hk</t>
           </r>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H277" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H278" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事：何超瓊
 董事：何超蕸
 董事、總經理：康宇嫻
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門發展及質量研究所</t>
+          </r>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門氹仔徐日昇寅公馬路</t>
+          </r>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8291 4701</t>
+          </r>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">idq_mac@idq.org.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.idq.org.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H278" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">理事會理事長：譚立武
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="279" spans="1:8">
       <c r="A279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門發展及質量研究所</t>
+            <t xml:space="preserve">東方葡萄牙學會</t>
           </r>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔徐日昇寅公馬路</t>
+            <t xml:space="preserve">澳門伯多祿局長街45號1樓</t>
           </r>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8291 4701</t>
+            <t xml:space="preserve">（853）2853 0227, （853）2853 0243</t>
           </r>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2853 0277</t>
           </r>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">idq_mac@idq.org.mo</t>
+            <t xml:space="preserve">info.macau@ipor.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.idq.org.mo</t>
+            <t xml:space="preserve">https://ipor.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">理事會理事長：譚立武
+            <t xml:space="preserve">會長：Patrícia N. Quaresma
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">東方葡萄牙學會</t>
+            <t xml:space="preserve">澳門土木工程實驗室</t>
           </r>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門伯多祿局長街45號1樓</t>
+            <t xml:space="preserve">澳門氹仔偉龍馬路185號</t>
           </r>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0227, （853）2853 0243</t>
+            <t xml:space="preserve">（853）8294 4488</t>
           </r>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2853 0277</t>
+            <t xml:space="preserve">（853）8294 4848</t>
           </r>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info.macau@ipor.org.mo</t>
+            <t xml:space="preserve">mailbox@lecm.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://ipor.org.mo</t>
+            <t xml:space="preserve">http://www.lecm.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">會長：Patrícia N. Quaresma
+            <t xml:space="preserve">董事會主席：區秉光
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門土木工程實驗室</t>
+            <t xml:space="preserve">澳門自來水股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門氹仔偉龍馬路185號</t>
+            <t xml:space="preserve">澳門青洲大馬路718號</t>
           </r>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8294 4488</t>
+            <t xml:space="preserve">（853）2823 3332 </t>
           </r>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8294 4848</t>
+            <t xml:space="preserve">（853）2822 0150 </t>
           </r>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">mailbox@lecm.org.mo</t>
+            <t xml:space="preserve">customer.info@macaowater.com </t>
           </r>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.lecm.org.mo</t>
+            <t xml:space="preserve">http://www.macaowater.com</t>
           </r>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事會主席：區秉光
+            <t xml:space="preserve">董事總經理：范曉軍
+執行董事：關小冰
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門自來水股份有限公司</t>
+            <t xml:space="preserve">澳門港口管理股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲大馬路718號</t>
+            <t xml:space="preserve">澳門路環九澳聖母馬路九澳港口貨櫃碼頭</t>
           </r>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2823 3332 </t>
+            <t xml:space="preserve">（853）2851 1524</t>
           </r>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2822 0150 </t>
+            <t xml:space="preserve">（853）2831 4113</t>
           </r>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">customer.info@macaowater.com </t>
+            <t xml:space="preserve">info@macauport.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.macaowater.com</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門郵箱1306號</t>
           </r>
         </is>
       </c>
       <c r="H282" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H283" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">執行委員會主席：何超瓊
 成員：韋海揚
 成員：何志榮
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門中央證券託管結算一人有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門南灣大馬路429號南灣商業中心4樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2876 1311</t>
+          </r>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2876 1322</t>
+          </r>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">general@mcsd.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.mcsd.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H283" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">董事會主席：劉杏娟
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="284" spans="1:8">
       <c r="A284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門中央證券託管結算一人有限公司</t>
+            <t xml:space="preserve">澳門投資發展股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門南灣大馬路429號南灣商業中心4樓</t>
+            <t xml:space="preserve">澳門亞美打利庇盧大馬路(新馬路)61-75號永光廣場18樓</t>
           </r>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2876 1311</t>
+            <t xml:space="preserve">（853）2832 2226</t>
           </r>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2876 1322</t>
+            <t xml:space="preserve">（853）2832 1392</t>
           </r>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">general@mcsd.com.mo</t>
+            <t xml:space="preserve">info@mid.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.mcsd.com.mo</t>
+            <t xml:space="preserve">http://www.mid.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事會主席：劉杏娟
+            <t xml:space="preserve">董事會主席：譚致寧
+董事會副主席：張海鴻
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門投資發展股份有限公司</t>
+            <t xml:space="preserve">澳門輕軌股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門亞美打利庇盧大馬路(新馬路)61-75號永光廣場18樓</t>
+            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場7樓</t>
           </r>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 2226</t>
+            <t xml:space="preserve">（853）2881 3721，（853）2881 3722</t>
           </r>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2832 1392</t>
+            <t xml:space="preserve">（853）2881 3260</t>
           </r>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@mid.com.mo</t>
+            <t xml:space="preserve">info@mlm.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.mid.com.mo</t>
+            <t xml:space="preserve">http://www.mlm.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事會主席：譚致寧
-董事會副主席：張海鴻
+            <t xml:space="preserve">董事會主席：陳滿鋒
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門輕軌股份有限公司</t>
+            <t xml:space="preserve">澳門屠宰場股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門殷皇子大馬路43-53A號澳門廣場7樓</t>
+            <t xml:space="preserve">澳門青洲河邊馬路325號</t>
           </r>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2881 3721，（853）2881 3722</t>
+            <t xml:space="preserve">（853）2827 0623</t>
           </r>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2881 3260</t>
+            <t xml:space="preserve">（853）2827 0618</t>
           </r>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@mlm.com.mo</t>
+            <t xml:space="preserve">matadouro_macau@yahoo.com</t>
           </r>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.mlm.com.mo</t>
+            <t xml:space="preserve">http://www.matadouro.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H286" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H287" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：譚惠芳
 董事會副主席：呂育敏
 董事：蘇凱慈
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門樂團有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門路環紅荷路108號政府（路環）辦公大樓5樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2882 2860</t>
+          </r>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">moc@moc.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://www.om-macau.org</t>
+          </r>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H287" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">董事兼董事長：梁惠敏
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="288" spans="1:8">
       <c r="A288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門樂團有限公司</t>
+            <t xml:space="preserve">澳門科學館股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門路環紅荷路108號政府（路環）辦公大樓5樓</t>
+            <t xml:space="preserve">澳門孫逸仙大馬路澳門科學館</t>
           </r>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 2860</t>
+            <t xml:space="preserve">（853）2888 0822</t>
           </r>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2888 0855</t>
           </r>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">moc@moc.com.mo</t>
+            <t xml:space="preserve">info@msc.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://www.om-macau.org</t>
+            <t xml:space="preserve">http://www.msc.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事兼董事長：梁惠敏
+            <t xml:space="preserve">董事長：穆欣欣
+館長：邵漢彬
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門科學館股份有限公司</t>
+            <t xml:space="preserve">澳門都市更新股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門孫逸仙大馬路澳門科學館</t>
+            <t xml:space="preserve">澳門南灣大馬路599號羅德禮商業大廈18樓</t>
           </r>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 0822</t>
+            <t xml:space="preserve">（853） 2888 2263</t>
           </r>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2888 0855</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@msc.org.mo</t>
+            <t xml:space="preserve">info@mur.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.msc.org.mo</t>
+            <t xml:space="preserve">https://www.mur.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H289" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H290" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：林金城
 第一副主席：謝思訓
 第二副主席：梁竟成
 第三副主席：劉永誠
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門工業園區發展有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門青洲工業園前地跨境工業區邊檢大樓6樓</t>
+          </r>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2878 6636</t>
+          </r>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2878 5374</t>
+          </r>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">info@sdpim.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.sdpim.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">董事長：陳漢生
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="291" spans="1:8">
       <c r="A291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門工業園區發展有限公司</t>
+            <t xml:space="preserve">南粵鮮活商品批發市場有限公司</t>
           </r>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲工業園前地跨境工業區邊檢大樓6樓</t>
+            <t xml:space="preserve">澳門工業園大馬路B1A地段澳門新批發市場大廈7樓D706室</t>
           </r>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 6636</t>
+            <t xml:space="preserve">（853）2897 4200 </t>
           </r>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 5374</t>
+            <t xml:space="preserve">（853）2897 2815</t>
           </r>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">info@sdpim.com.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.sdpim.com.mo</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事長：陳漢生
+            <t xml:space="preserve">董事長：付國春
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">南粵鮮活商品批發市場有限公司</t>
+            <t xml:space="preserve">澳門公共汽車股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門工業園大馬路B1A地段澳門新批發市場大廈7樓D706室</t>
+            <t xml:space="preserve">澳門亞馬喇土腰（關閘馬路）101-105-A號太平工業大廈第一期9樓B座</t>
           </r>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2897 4200 </t>
+            <t xml:space="preserve">（853）2875 5210</t>
           </r>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2897 2815</t>
+            <t xml:space="preserve">（853）2875 5220</t>
           </r>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.tcm.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事長：付國春
+            <t xml:space="preserve">董事長：張傳生
+董事總經理：梁美玲
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門公共汽車股份有限公司</t>
+            <t xml:space="preserve">澳門廣播電視股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門亞馬喇土腰（關閘馬路）101-105-A號太平工業大廈第一期9樓B座</t>
+            <t xml:space="preserve">澳門俾利喇街157號A</t>
           </r>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 5210</t>
+            <t xml:space="preserve">（853）2851 9188，（853）2851 7758（諮詢熱線）</t>
           </r>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2875 5220</t>
+            <t xml:space="preserve">（853）2852 0208</t>
           </r>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">enquiry@tdm.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.tcm.com.mo</t>
+            <t xml:space="preserve">https://www.tdm.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H293" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="H294" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">執行委員會主席：羅崇雯
 委員：馬錦強
 委員：袁泳貴
 委員：黃偉鴻
 委員：鄭光普
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門新福利公共汽車有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門青洲河邊馬路2號地下</t>
+          </r>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2827 1133,  （853）2827 1122 </t>
+          </r>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）2823 4416 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">transmac@transmac.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">http://www.transmac.com.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">澳門郵箱177號</t>
+          </r>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">董事長：廖僖芸
+副董事長：羅雪兒
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="295" spans="1:8">
       <c r="A295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門新福利公共汽車有限公司</t>
+            <t xml:space="preserve">澳門有線電視股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門青洲河邊馬路2號地下</t>
+            <t xml:space="preserve">澳門荷蘭園正街77號A地下</t>
           </r>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2827 1133,  （853）2827 1122 </t>
+            <t xml:space="preserve">（853）2882 2866</t>
           </r>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2823 4416 </t>
+            <t xml:space="preserve">（853）2878 1821</t>
           </r>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">transmac@transmac.com.mo</t>
+            <t xml:space="preserve">enquiry@macaucabletv.com</t>
           </r>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.transmac.com.mo</t>
+            <t xml:space="preserve">http://www.macaucabletv.com</t>
           </r>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門郵箱177號</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事長：廖僖芸
-副董事長：羅雪兒
+            <t xml:space="preserve">董事會主席：林潤垣
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門有線電視股份有限公司</t>
+            <t xml:space="preserve">澳大工程研究及檢測中心有限公司</t>
           </r>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門荷蘭園正街77號A地下</t>
+            <t xml:space="preserve">中國澳門氹仔大學大馬路澳門大學 N23 科研大樓北23座2樓2022室</t>
           </r>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2882 2866</t>
+            <t xml:space="preserve">（853）8822 9100</t>
           </r>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2878 1821</t>
+            <t xml:space="preserve">（853）2883 0604</t>
           </r>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">enquiry@macaucabletv.com</t>
+            <t xml:space="preserve">umcert.enquiry@um.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">http://www.macaucabletv.com</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事會主席：林潤垣
+            <t xml:space="preserve">董事兼董事長：徐建
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳大工程研究及檢測中心有限公司</t>
+            <t xml:space="preserve">澳大創科有限公司</t>
           </r>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中國澳門氹仔大學大馬路澳門大學 N23 科研大樓北23座2樓2022室</t>
+            <t xml:space="preserve">中國澳門氹仔大學大馬路澳門大學聚賢樓（N1）1樓1013室</t>
           </r>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8822 9100</t>
+            <t xml:space="preserve">（853）8822 2041，（853）8822 2788</t>
           </r>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）2883 0604</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">umcert.enquiry@um.edu.mo</t>
+            <t xml:space="preserve">umtec_enquiry@um.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事兼董事長：徐建
+            <t xml:space="preserve">董事長：徐建
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳大創科有限公司</t>
+            <t xml:space="preserve">澳門世界貿易中心股份有限公司</t>
           </r>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">中國澳門氹仔大學大馬路澳門大學聚賢樓（N1）1樓1013室</t>
+            <t xml:space="preserve">澳門友誼大馬路918號世界貿易中心大廈16樓</t>
           </r>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8822 2041，（853）8822 2788</t>
+            <t xml:space="preserve">（853）2872 7666</t>
           </r>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2872 7633</t>
           </r>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">umtec_enquiry@um.edu.mo</t>
+            <t xml:space="preserve">wtcmc@wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H298" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：崔世昌
 董事會常務董事兼執行委員會主席：李子蔚
 執行董事：林金城
 執行董事：鄧君明
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="300" spans="1:8">
-      <c r="A300" t="inlineStr">
+    <row r="299" spans="1:8">
+      <c r="A299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門世界貿易中心仲裁中心</t>
           </r>
         </is>
       </c>
-      <c r="B300" t="inlineStr">
+      <c r="B299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門友誼大馬路918號世界貿易中心大廈17樓</t>
           </r>
         </is>
       </c>
-      <c r="C300" t="inlineStr">
+      <c r="C299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2875 2088</t>
           </r>
         </is>
       </c>
-      <c r="D300" t="inlineStr">
+      <c r="D299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 7633</t>
           </r>
         </is>
       </c>
-      <c r="E300" t="inlineStr">
+      <c r="E299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">secretariat@mac.org.mo</t>
           </r>
         </is>
       </c>
-      <c r="F300" t="inlineStr">
+      <c r="F299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.mac.org.mo</t>
           </r>
         </is>
       </c>
-      <c r="G300" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H300" t="inlineStr">
+      <c r="G299" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">理事會主席：徐偉坤
 理事會副主席：李子蔚
 理事會理事（秘書長）：黃淑禧
 </t>
           </r>
         </is>
       </c>
     </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">廣東橫琴澳大高等教育發展有限公司</t>
+          </r>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">廣東省珠海市橫琴新區金宇街19號1101辦公</t>
+          </r>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>
+          </r>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">um-hq.co.ltd@um.edu.mo</t>
+          </r>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">https://ghumhed.cn/</t>
+          </r>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve"/>
+          </r>
+        </is>
+      </c>
+      <c r="H300" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">董事長：宋永華
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
     <row r="301" spans="1:8">
       <c r="A301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廣東橫琴澳大高等教育發展有限公司</t>
+            <t xml:space="preserve">澳理大科創一人有限公司</t>
           </r>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廣東省珠海市橫琴新區金宇街19號1101辦公</t>
+            <t xml:space="preserve">澳門高美士街澳門理工大學</t>
           </r>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>
+            <t xml:space="preserve">（853）8599 6709</t>
           </r>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">um-hq.co.ltd@um.edu.mo</t>
+            <t xml:space="preserve">mpui_enquiry@mpu.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">https://ghumhed.cn/</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事長：宋永華
+            <t xml:space="preserve">董事長：嚴肇基
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳理大科創一人有限公司</t>
+            <t xml:space="preserve">廣東橫琴粵澳深度合作區澳旅大教育諮詢有限公司</t>
           </r>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">澳門高美士街澳門理工大學</t>
+            <t xml:space="preserve">廣東省珠海市橫琴新區環島北路2169號102</t>
           </r>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8599 6709</t>
+            <t xml:space="preserve">（853）8598 3084 、（853） 8598 3085</t>
           </r>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">mpui_enquiry@mpu.edu.mo</t>
+            <t xml:space="preserve">utm-hq-consulting@utm.edu.mo</t>
           </r>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">董事長：嚴肇基
+            <t xml:space="preserve">董事長：呂劍英
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廣東橫琴粵澳深度合作區澳旅大教育諮詢有限公司</t>
+            <t xml:space="preserve">澳門城市燃氣有限公司</t>
           </r>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">廣東省珠海市橫琴新區環島北路2169號102</t>
+            <t xml:space="preserve">澳門氹仔蓮花海濱大馬路566A-703A地下</t>
           </r>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">（853）8598 3084 、（853） 8598 3085</t>
+            <t xml:space="preserve">(853) 2886 5001</t>
           </r>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">(853) 2886 5006</t>
           </r>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">utm-hq-consulting@utm.edu.mo</t>
+            <t xml:space="preserve">yangyingxin@namkwong.com.mo</t>
           </r>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">http://www.nkgas.com.mo</t>
           </r>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H303" t="inlineStr">
-        <is>
-[...57 lines deleted...]
-      <c r="H304" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事長：唐朝暉
 總經理：謝成志
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 