--- v1 (2025-11-29)
+++ v2 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1526">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1527">
   <si>
     <r>
       <t xml:space="preserve">行政長官</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門南灣大馬路澳門特別行政區政府總部</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6886，（853）2856 5555</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 6168</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
@@ -309,51 +309,51 @@
       <t xml:space="preserve">澳門友誼大馬路918號澳門世界貿易中心大廈4樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6800</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2886 6665</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsgap.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">局長：陳海帆
+      <t xml:space="preserve">局長：---
 副局長：廖志漢
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門特別行政區駐北京辦事處</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">中國北京市東城區王府井東街8號澳門中心16層（郵政編號100006）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138010 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">+（86）10 58138020 </t>
     </r>
   </si>
   <si>
@@ -1081,51 +1081,51 @@
       <t xml:space="preserve">澳門南灣大馬路804號中華廣場1樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 0777,（853）2837 0888</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 4300 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsi.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsi.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">代局長：羅翩卿
+      <t xml:space="preserve">局長：陳海帆
 副局長：陳婉麗
 代副局長：馮伯恩
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">市政署</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門新馬路163號</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2833 7676（市民服務熱線 - 辦公時間有專人接聽，如遇線路繁忙、非辦公時段備有錄音服務。）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2833 6477</t>
     </r>
   </si>
@@ -1195,52 +1195,52 @@
       <t xml:space="preserve">澳門南灣羅保博士街1-3號國際銀行大廈18樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3843 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 3766</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">cfjj@cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.cfjj.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">代主任：鄭渭茵
-副主任：---
+      <t xml:space="preserve">主任：羅翩卿
+副主任：鄭渭茵
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">公共行政福利基金</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門水坑尾街162號公共行政大樓地下, 11-12樓及21-29樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：梁穎妍
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">保障暴力罪行受害人委員會</t>
     </r>
   </si>
   <si>
@@ -1753,51 +1753,51 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8988 9315</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2830 7816 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@consumer.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.consumer.gov.mo </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">主席：梁碧珊
-副主席：歐永棠
+代副主席：余琴
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">工商業發展基金</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2871 2552 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">行政管理委員會主席：邱潤華
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">汽車及航海保障基金</t>
     </r>
   </si>
   <si>
@@ -1983,53 +1983,52 @@
       <t xml:space="preserve">澳門氹仔北安碼頭大馬路治安警察局總部大樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2857 3333</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 0826</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">psp-info@fsm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.fsm.gov.mo/psp</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">局長：吳錦華
+      <t xml:space="preserve">代局長：伍素萍
 副局長：梁慶康
-副局長：伍素萍
 代副局長：鄭俊禧
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">司法警察局</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">總機：（853）2855 7777 
 24小時報案熱線：993</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2831 2780 </t>
     </r>
   </si>
@@ -2307,51 +2306,51 @@
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">治安警察局福利會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門羅德禮將軍街2號福利會大廈地下D</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 87905450 / 87905451</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2837 2025</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">行政管理委員會主席：吳錦華
+      <t xml:space="preserve">行政管理委員會主席：伍素萍
 行政管理委員會副主席：梁慶康
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">司法警察局福利會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8800 1691</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8800 6360</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ospj@pj.gov.mo</t>
     </r>
   </si>
   <si>
@@ -5122,50 +5121,55 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">aidsconsult@ssm.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.ssm.gov.mo/aids</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">主席：羅奕龍
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">教學人員專業委員會</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">澳門約翰四世大馬路7-9號一樓</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">澳門格蘭披治大賽車組織委員會</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門友誼大馬路澳門格蘭披治賽車大樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7303</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7309</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">macaugp@sport.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
@@ -5188,63 +5192,63 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門蘇亞利斯博士大馬路 307-323號中國銀行大廈 26樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2878 6919</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7714</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">www.gstop.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">司長：譚偉文
-辦公室主任：林紹源
+辦公室主任：阮燕蓮
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">運輸工務司司長辦公室</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">運輸工務司司長：譚偉文
-辦公室主任：林紹源
+辦公室主任：阮燕蓮
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">土地工務局</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門馬交石炮台馬路33號</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 2488</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2834 0019</t>
     </r>
   </si>
   <si>
     <r>
@@ -5492,51 +5496,51 @@
   <si>
     <r>
       <t xml:space="preserve">總機：（853）8866 6666
 交通事務專線：（853）8866 6363 （辦公時間由專人接聽，非辦公時段則設有自動錄音系統。）</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2875 0626</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">info@dsat.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.dsat.gov.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">局長：鄭岳威
 副局長：李頴康
-副局長：---
+代副局長：莫垂道
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">民航局</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門新口岸宋玉生廣場336-342號誠豐商業中心18樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 2851 1213</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">(853) 2833 8089</t>
     </r>
   </si>
   <si>
     <r>
@@ -7886,85 +7890,85 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7666</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2872 7633</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">wtcmc@wtc-macau.com</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">http://www.wtc-macau.com</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">董事會主席：崔世昌
-董事會常務董事兼執行委員會主席：李子蔚
+董事會常務董事兼執行委員會主席：歐永棠
 執行董事：林金城
 執行董事：鄧君明
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門世界貿易中心仲裁中心</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">澳門友誼大馬路918號世界貿易中心大廈17樓</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）2875 2088</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">secretariat@mac.org.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">https://www.mac.org.mo</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">理事會主席：徐偉坤
-理事會副主席：李子蔚
+理事會副主席：歐永棠
 理事會理事（秘書長）：黃淑禧
 </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">廣東橫琴澳大高等教育發展有限公司</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">廣東省珠海市橫琴新區金宇街19號1101辦公</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">um-hq.co.ltd@um.edu.mo</t>
     </r>
   </si>
   <si>
@@ -8924,51 +8928,51 @@
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsgap.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">局長：陳海帆
+            <t xml:space="preserve">局長：---
 副局長：廖志漢
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門特別行政區駐北京辦事處</t>
           </r>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">中國北京市東城區王府井東街8號澳門中心16層（郵政編號100006）</t>
           </r>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">+（86）10 58138010 </t>
@@ -10507,51 +10511,51 @@
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@dsi.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsi.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">代局長：羅翩卿
+            <t xml:space="preserve">局長：陳海帆
 副局長：陳婉麗
 代副局長：馮伯恩
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">市政署</t>
           </r>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門新馬路163號</t>
           </r>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <r>
@@ -10690,52 +10694,52 @@
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">cfjj@cfjj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.cfjj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">代主任：鄭渭茵
-副主任：---
+            <t xml:space="preserve">主任：羅翩卿
+副主任：鄭渭茵
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">公共行政福利基金</t>
           </r>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門水坑尾街162號公共行政大樓地下, 11-12樓及21-29樓</t>
           </r>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2832 3623</t>
           </r>
@@ -11758,51 +11762,51 @@
       <c r="E57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">info@consumer.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.consumer.gov.mo </t>
           </r>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">主席：梁碧珊
-副主席：歐永棠
+代副主席：余琴
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">工商業發展基金</t>
           </r>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門南灣羅保博士街1-3號國際銀行大廈6樓</t>
           </r>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2888 2088</t>
           </r>
@@ -12410,53 +12414,52 @@
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">psp-info@fsm.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.fsm.gov.mo/psp</t>
           </r>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">局長：吳錦華
+            <t xml:space="preserve">代局長：伍素萍
 副局長：梁慶康
-副局長：伍素萍
 代副局長：鄭俊禧
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">司法警察局</t>
           </r>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
           </r>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">總機：（853）2855 7777 
@@ -13051,51 +13054,51 @@
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">行政管理委員會主席：吳錦華
+            <t xml:space="preserve">行政管理委員會主席：伍素萍
 行政管理委員會副主席：梁慶康
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">司法警察局福利會</t>
           </r>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門友誼大馬路 823號司法警察局大樓（總部）</t>
           </r>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8800 1691</t>
@@ -19270,72 +19273,72 @@
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">主席：羅奕龍
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">教學人員專業委員會</t>
           </r>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">澳門約翰四世大馬路7-9號一樓</t>
           </r>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">（853）2855 5533</t>
           </r>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">webmaster@dsedj.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門格蘭披治大賽車組織委員會</t>
           </r>
         </is>
@@ -19517,51 +19520,51 @@
       <c r="E201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">www.gstop.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">司長：譚偉文
-辦公室主任：林紹源
+辦公室主任：阮燕蓮
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">運輸工務司司長辦公室</t>
           </r>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門蘇亞利斯博士大馬路 307-323號中國銀行大廈 26樓</t>
           </r>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2878 6919</t>
           </r>
@@ -19577,51 +19580,51 @@
       <c r="E202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">www.gstop.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">運輸工務司司長：譚偉文
-辦公室主任：林紹源
+辦公室主任：阮燕蓮
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">土地工務局</t>
           </r>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門馬交石炮台馬路33號</t>
           </r>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）2872 2488</t>
           </r>
@@ -20037,51 +20040,51 @@
         <is>
           <r>
             <t xml:space="preserve">info@dsat.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.dsat.gov.mo</t>
           </r>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">局長：鄭岳威
 副局長：李頴康
-副局長：---
+代副局長：莫垂道
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">民航局</t>
           </r>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門新口岸宋玉生廣場336-342號誠豐商業中心18樓</t>
           </r>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">(853) 2851 1213</t>
           </r>
@@ -25083,51 +25086,51 @@
       <c r="E298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">wtcmc@wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">http://www.wtc-macau.com</t>
           </r>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">董事會主席：崔世昌
-董事會常務董事兼執行委員會主席：李子蔚
+董事會常務董事兼執行委員會主席：歐永棠
 執行董事：林金城
 執行董事：鄧君明
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門世界貿易中心仲裁中心</t>
           </r>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">澳門友誼大馬路918號世界貿易中心大廈17樓</t>
           </r>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <r>
@@ -25145,51 +25148,51 @@
       <c r="E299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">secretariat@mac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">https://www.mac.org.mo</t>
           </r>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">理事會主席：徐偉坤
-理事會副主席：李子蔚
+理事會副主席：歐永棠
 理事會理事（秘書長）：黃淑禧
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">廣東橫琴澳大高等教育發展有限公司</t>
           </r>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">廣東省珠海市橫琴新區金宇街19號1101辦公</t>
           </r>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">（853）8822 4266，（853）8822 8579，（853）8822 8585</t>